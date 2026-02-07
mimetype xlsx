--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -16,60 +16,60 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX2.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://polybauuzwil.sharepoint.com/teams/Marketing/Freigegebene Dokumente/05_Website_Bibliothek/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{4616BC5F-4AF3-4BC8-992B-1A52464CFFC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0CC08CD4-826E-4A2F-BBDD-56D5ECE11A0C}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{33BFA919-9CB1-47D2-9C23-EFBE5E6ABC88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="592" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="592" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Willkommen" sheetId="7" r:id="rId1"/>
     <sheet name="Leistungsrechner" sheetId="4" r:id="rId2"/>
     <sheet name="Rabattschlüssel" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Leistungsrechner!$B$1:$I$71</definedName>
     <definedName name="Z_35B8B0D7_C4B3_4CA4_9DF6_A7FECCB9ECC8_.wvu.PrintArea" localSheetId="1" hidden="1">Leistungsrechner!$C$5:$H$68</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Ansicht 1" guid="{35B8B0D7-C4B3-4CA4-9DF6-A7FECCB9ECC8}" maximized="1" xWindow="-1688" yWindow="-8" windowWidth="1696" windowHeight="1026" activeSheetId="4"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -2585,65 +2585,65 @@
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr" rtl="0"/>
           <a:r>
             <a:rPr lang="de" sz="1600" b="0" cap="none" spc="0" baseline="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:ea typeface="Segoe UI" pitchFamily="34" charset="0"/>
               <a:cs typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Berechnung</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1600" b="0" cap="none" spc="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
-              <a:schemeClr val="bg1"/>
+              <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             <a:ea typeface="Segoe UI" pitchFamily="34" charset="0"/>
             <a:cs typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fPrintsWithSheet="0"/>
   </xdr:absoluteAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>55906</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>73714</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>655981</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>26090</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
@@ -2750,51 +2750,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="de-CH" sz="2000" b="1"/>
             <a:t>Leistungsrechner</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="de-CH" sz="2000" b="1"/>
-            <a:t>ab 2025</a:t>
+            <a:t>ab 2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>41413</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>388923</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42727A6E-E3C0-4847-9375-677833C7DB5A}"/>
@@ -3004,51 +3004,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="de-CH" sz="2000" b="1"/>
             <a:t>Leistungsrechner</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="de-CH" sz="2000" b="1"/>
-            <a:t>ab 2025</a:t>
+            <a:t>ab 2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1820332</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>169334</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>325156</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>148168</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Grafik 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D50621B-FB9D-E80B-C4B3-A8C42948DF6D}"/>
@@ -3371,79 +3371,79 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01FAAE48-B5F5-4AAE-A938-D1244AA65598}">
   <sheetPr codeName="Tabelle5"/>
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G15" sqref="G15"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="N13" sqref="N13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="11.42578125" style="21"/>
   </cols>
   <sheetData/>
-  <sheetProtection algorithmName="SHA-512" hashValue="M3enJEUAbF3V96Q2n5r1/C4rqq1kP7lfNyIOIZq7rqx+ykJX/syRiS6alSKEt25Lb6LQCr92XiTBzZouA1frgw==" saltValue="eeqe3pPg4IKLRwJQgg7ZNw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="rljeML0xFL8QBvw5CCS7/o/im83L3ANuo6XlroL9ES8SWPE91OHgdO2E89cY908gumFkbh+VhsmaIVRugFFapQ==" saltValue="mKt3gFfs1lPDj9TJUPtx5g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:KK72"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="85" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="85" workbookViewId="0">
       <pane xSplit="1" ySplit="21" topLeftCell="B22" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B26" sqref="B26"/>
       <selection pane="topRight" activeCell="B26" sqref="B26"/>
       <selection pane="bottomLeft" activeCell="B26" sqref="B26"/>
-      <selection pane="bottomRight" activeCell="D32" sqref="D32"/>
+      <selection pane="bottomRight" activeCell="K14" sqref="K14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="73.28515625" customWidth="1"/>
     <col min="2" max="2" width="8.140625" customWidth="1"/>
     <col min="3" max="3" width="37.140625" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" customWidth="1"/>
     <col min="5" max="5" width="14.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="7.42578125" customWidth="1"/>
     <col min="7" max="7" width="12.140625" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.42578125" customWidth="1"/>
     <col min="11" max="11" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="19.5703125" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.42578125" customWidth="1"/>
     <col min="15" max="15" width="15.5703125" customWidth="1"/>
     <col min="16" max="16" width="15.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:297" ht="22.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B1" s="36"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
@@ -8448,51 +8448,51 @@
         <v>56</v>
       </c>
       <c r="D70" s="23" t="s">
         <v>57</v>
       </c>
       <c r="E70" s="23"/>
       <c r="F70" s="23"/>
       <c r="G70" s="23" t="s">
         <v>58</v>
       </c>
       <c r="H70" s="33"/>
       <c r="I70" s="40"/>
     </row>
     <row r="71" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B71" s="42"/>
       <c r="C71" s="43"/>
       <c r="D71" s="43"/>
       <c r="E71" s="43"/>
       <c r="F71" s="43"/>
       <c r="G71" s="43"/>
       <c r="H71" s="43"/>
       <c r="I71" s="44"/>
     </row>
     <row r="72" spans="2:9" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="FurFpxzi2ECR13/5sgQ8G4J3htuiL1NAsrrESLICaz5DuRmB5A4J5mkU6FwU2LQtU6VHoYErROIhz76GwbL1TQ==" saltValue="4dcFWXaE583pniroOIPG/Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="hUB7j/efA4eQp3QFftdryNnBdlnQYLDx+hAUA2mq92iti01WTEizTxJRd3aOxnrxKFugWtLceBlOPnBlPgoQPw==" saltValue="2G95OVfM2vgHw6bUpdgUBw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="H10" name="Bereich7"/>
     <protectedRange sqref="D48:E48" name="Bereich6"/>
     <protectedRange sqref="D39:E39" name="Bereich4"/>
     <protectedRange sqref="D35:E35" name="Bereich3"/>
     <protectedRange sqref="D26:E27 D32:E33 D42:E45" name="Bereich1"/>
     <protectedRange sqref="D10:D12" name="Bereich5"/>
   </protectedRanges>
   <customSheetViews>
     <customSheetView guid="{35B8B0D7-C4B3-4CA4-9DF6-A7FECCB9ECC8}" scale="115" showPageBreaks="1" showGridLines="0" showRowCol="0" fitToPage="1" printArea="1">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1:E53"/>
       <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
       <printOptions horizontalCentered="1"/>
       <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
       <headerFooter>
         <oddFooter>&amp;L&amp;F&amp;C&amp;P / &amp;N&amp;R&amp;D, D. Frei</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="13">
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="G29:H29"/>
     <mergeCell ref="G55:H55"/>
     <mergeCell ref="G61:H61"/>
@@ -8964,52 +8964,52 @@
     <TaxCatchAll xmlns="86ab92d1-b877-42b4-8dcf-77d00129b17e">
       <Value>28</Value>
     </TaxCatchAll>
     <i556885b7ed4486db45a13f2f9333e4d xmlns="fdf362b5-1443-43b9-be97-57d14c3e1dee">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">7c6844ad-1ab7-45b3-8461-91dc754eaaaf</TermId>
         </TermInfo>
       </Terms>
     </i556885b7ed4486db45a13f2f9333e4d>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100ED2D549FCA62914BA3ACF92E01336AC9" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="839259d991ddc45e35b75875208b51d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fdf362b5-1443-43b9-be97-57d14c3e1dee" xmlns:ns3="86ab92d1-b877-42b4-8dcf-77d00129b17e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5e6ebc672eaa0637ebec40e3709b96d1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100ED2D549FCA62914BA3ACF92E01336AC9" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="454b0110d919ced0a9a53cf0970b8a36">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fdf362b5-1443-43b9-be97-57d14c3e1dee" xmlns:ns3="86ab92d1-b877-42b4-8dcf-77d00129b17e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="96df50498b626fa630856dd8f2e95455" ns2:_="" ns3:_="">
     <xsd:import namespace="fdf362b5-1443-43b9-be97-57d14c3e1dee"/>
     <xsd:import namespace="86ab92d1-b877-42b4-8dcf-77d00129b17e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:i556885b7ed4486db45a13f2f9333e4d" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9226,66 +9226,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B1BE724-4FAE-4387-B12F-7896C353959F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="fdf362b5-1443-43b9-be97-57d14c3e1dee"/>
     <ds:schemaRef ds:uri="86ab92d1-b877-42b4-8dcf-77d00129b17e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A2837B0-8ABD-4640-A959-13A92BBC5134}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A4617A7-08B0-46CE-99A6-064826F53076}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{473A1951-4CF8-4F88-9825-C07FBF2C8A2F}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6f57d82d-c344-4d8d-8817-49e8b5b5156d}" enabled="1" method="Standard" siteId="{4a8793f9-ac19-46e8-bb46-cd310ddd260b}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>