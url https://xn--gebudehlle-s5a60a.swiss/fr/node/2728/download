--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -16,1330 +16,1121 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX2.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://polybauuzwil.sharepoint.com/teams/Marketing/Freigegebene Dokumente/05_Website_Bibliothek/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="7" documentId="8_{4616BC5F-4AF3-4BC8-992B-1A52464CFFC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{ED4EC4AB-F3D8-4DF9-8B61-F561CEA0D963}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{59FCC687-E0E6-4899-A0E1-53E1E0646E03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="JqmC5Di2cQyvxOlSvWlgPDHLma+ytkYUixB9G25EiDkdb+ZPqoAFvmqIagH4SSTGOLaTwigyiI1zdMX/7YLemA==" workbookSaltValue="HrHZh3aiOJdIpaSZKl3YpA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="592" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="363" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Willkommen" sheetId="7" r:id="rId1"/>
-    <sheet name="Leistungsrechner" sheetId="4" r:id="rId2"/>
+    <sheet name="Bienvenue" sheetId="7" r:id="rId1"/>
+    <sheet name="Calc de prestations" sheetId="4" r:id="rId2"/>
     <sheet name="Rabattschlüssel" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">Leistungsrechner!$B$1:$I$71</definedName>
-    <definedName name="Z_35B8B0D7_C4B3_4CA4_9DF6_A7FECCB9ECC8_.wvu.PrintArea" localSheetId="1" hidden="1">Leistungsrechner!$C$5:$H$68</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Calc de prestations'!$B$1:$I$71</definedName>
+    <definedName name="Z_35B8B0D7_C4B3_4CA4_9DF6_A7FECCB9ECC8_.wvu.PrintArea" localSheetId="1" hidden="1">'Calc de prestations'!$C$5:$H$68</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Ansicht 1" guid="{35B8B0D7-C4B3-4CA4-9DF6-A7FECCB9ECC8}" maximized="1" xWindow="-1688" yWindow="-8" windowWidth="1696" windowHeight="1026" activeSheetId="4"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L45" i="4" l="1"/>
+  <c r="E63" i="4" l="1"/>
+  <c r="D63" i="4"/>
+  <c r="H58" i="4"/>
+  <c r="E57" i="4"/>
+  <c r="D57" i="4"/>
+  <c r="C6" i="2" l="1"/>
+  <c r="J13" i="2" s="1"/>
+  <c r="C5" i="2"/>
+  <c r="F12" i="2" s="1"/>
+  <c r="C4" i="2"/>
+  <c r="F11" i="2" s="1"/>
+  <c r="C3" i="2"/>
+  <c r="H63" i="4"/>
+  <c r="D58" i="4"/>
+  <c r="H57" i="4"/>
+  <c r="H16" i="4" s="1"/>
+  <c r="H48" i="4"/>
+  <c r="H49" i="4" s="1"/>
+  <c r="L45" i="4"/>
   <c r="L44" i="4"/>
   <c r="H44" i="4" s="1"/>
   <c r="L43" i="4"/>
   <c r="H43" i="4" s="1"/>
   <c r="L42" i="4"/>
+  <c r="H39" i="4"/>
   <c r="L33" i="4"/>
   <c r="H33" i="4" s="1"/>
   <c r="L32" i="4"/>
   <c r="H32" i="4" s="1"/>
-  <c r="D41" i="4" l="1"/>
-[...12 lines deleted...]
-  <c r="H40" i="4" l="1"/>
+  <c r="D31" i="4"/>
+  <c r="H31" i="4" l="1"/>
   <c r="H51" i="4"/>
   <c r="H64" i="4" s="1"/>
-  <c r="H52" i="4" l="1"/>
-[...3 lines deleted...]
-  <c r="H31" i="4" l="1"/>
+  <c r="H17" i="4" s="1"/>
+  <c r="H40" i="4"/>
+  <c r="H12" i="2"/>
+  <c r="D41" i="4"/>
+  <c r="F13" i="2"/>
+  <c r="H13" i="2"/>
+  <c r="D64" i="4" l="1"/>
+  <c r="H52" i="4"/>
   <c r="H15" i="4" s="1"/>
-  <c r="C3" i="2" l="1"/>
-[...11 lines deleted...]
-  <c r="B12" i="2" s="1"/>
+  <c r="H18" i="4" s="1"/>
+  <c r="B8" i="2" s="1"/>
+  <c r="B11" i="2" s="1"/>
+  <c r="C11" i="2" s="1"/>
+  <c r="C13" i="2" l="1"/>
+  <c r="K13" i="2" s="1"/>
+  <c r="L13" i="2" s="1"/>
+  <c r="B12" i="2"/>
   <c r="C12" i="2" s="1"/>
-  <c r="I11" i="2" s="1"/>
-[...7 lines deleted...]
-  <c r="H10" i="2" s="1"/>
+  <c r="I12" i="2" s="1"/>
+  <c r="J12" i="2" s="1"/>
   <c r="C10" i="2"/>
   <c r="E10" i="2" s="1"/>
   <c r="F10" i="2" s="1"/>
   <c r="F14" i="2" s="1"/>
+  <c r="G10" i="2"/>
+  <c r="G11" i="2"/>
+  <c r="H11" i="2" s="1"/>
+  <c r="K10" i="2" l="1"/>
+  <c r="L10" i="2" s="1"/>
   <c r="I10" i="2"/>
-  <c r="J10" i="2" s="1"/>
-[...3 lines deleted...]
-  <c r="L13" i="2" s="1"/>
+  <c r="I11" i="2"/>
+  <c r="J11" i="2" s="1"/>
   <c r="K11" i="2"/>
   <c r="L11" i="2" s="1"/>
   <c r="K12" i="2"/>
   <c r="L12" i="2" s="1"/>
   <c r="E14" i="2"/>
-  <c r="G11" i="2"/>
-  <c r="H11" i="2" s="1"/>
+  <c r="G14" i="2"/>
+  <c r="H10" i="2"/>
   <c r="H14" i="2" s="1"/>
-  <c r="I14" i="2"/>
-[...1 lines deleted...]
-  <c r="K14" i="2" l="1"/>
+  <c r="I14" i="2" l="1"/>
+  <c r="J10" i="2"/>
+  <c r="J14" i="2" s="1"/>
   <c r="L14" i="2"/>
-  <c r="B17" i="2" s="1"/>
-  <c r="G14" i="2"/>
+  <c r="K14" i="2"/>
   <c r="B16" i="2" l="1"/>
-  <c r="B19" i="2" s="1"/>
+  <c r="B17" i="2"/>
+  <c r="B19" i="2" l="1"/>
   <c r="H19" i="4" s="1"/>
   <c r="H20" i="4" s="1"/>
   <c r="B20" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Dominik Frei - Gebäudehülle Schweiz</author>
-    <author>Prend Berisha - Gebäudehülle Schweiz</author>
+    <author>Pascale Engetschwiler - Gebäudehülle Schweiz</author>
+    <author>Athina Joannidis - Gebäudehülle Schweiz</author>
   </authors>
   <commentList>
-    <comment ref="D10" authorId="0" shapeId="0" xr:uid="{84BFB457-820F-4BF6-8F7E-1750D9912B85}">
+    <comment ref="D10" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Name der Mitgliedsfirma</t>
+          <t>Nom de l'entreprise membre</t>
         </r>
       </text>
     </comment>
-    <comment ref="H10" authorId="0" shapeId="0" xr:uid="{FB7088D8-7C48-4E62-B26F-5A2F3072370A}">
+    <comment ref="H10" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Kunden-Nummer: 
+          <t xml:space="preserve">no de client: 
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Ist jeweils angebeben bei der Korrespondenz des Verbandes.</t>
+          <t>Ce numéro est toujours indiqué dans la correspondance de l'association.</t>
         </r>
       </text>
     </comment>
-    <comment ref="H15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
+    <comment ref="H15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000003000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>1.) Verbandsmodul:</t>
+          <t>1.) Module association:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-Errechneter Beitrag resultierend aus dem Element </t>
+Cotisation calculée sur la base de l'élément no </t>
         </r>
         <r>
           <rPr>
             <b/>
             <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">1.) Verbandsmodul </t>
+          <t xml:space="preserve">1.) Module association </t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">(Anzahl Betriebe, AHV-pflichtige Lohnsumme, Weitere Verbandszugehörigkeit, Mitarbeiterbestand und Temporär- und Akkordmitarbeitende).
+          <t xml:space="preserve">(nombre d'entreprises, volume salarial assujetti à l'AVS, autres appartenances à des associations, effectif d'employé-e-s et salarié-e-s temporaires).
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H16" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
+    <comment ref="H16" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000004000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">2.) Grundbildungsmodul:
+          <t xml:space="preserve">2.) Module de formation initiale:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Errechneter Beitrag resultierend aus dem Element </t>
+          <t xml:space="preserve">Cotisation calculée sur la base de l'élément no </t>
         </r>
         <r>
           <rPr>
             <b/>
             <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>2.) Grundbildungsmodul</t>
+          <t>2.) Module de formation initiale</t>
         </r>
         <r>
           <rPr>
             <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve"> (Wert Grundbildungsmodul und Wert Lernende).</t>
+          <t xml:space="preserve"> (Valeur du module de formation initiale et valeur de l'apprentie).</t>
         </r>
       </text>
     </comment>
-    <comment ref="H17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000003000000}">
+    <comment ref="H17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000005000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">3.) Weiterbildungsmodul:
+          <t xml:space="preserve">3.) Module de formation supérieure:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Errechneter Beitrag resultierend aus dem Element </t>
+          <t xml:space="preserve">Calculé sur la base de l'élément no </t>
         </r>
         <r>
           <rPr>
             <b/>
             <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">3.) Weiterbildungsmodul </t>
+          <t xml:space="preserve">3.) Module de formation supérieure </t>
         </r>
         <r>
           <rPr>
             <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>(Wert Weiterbildungsmodul und Wert Lohnsumme).</t>
+          <t>(Valeur du module de formation supérieure et montant du volume salarial).</t>
         </r>
       </text>
     </comment>
-    <comment ref="H18" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000004000000}">
+    <comment ref="H18" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000006000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>Total Brutto:</t>
+          <t>Total brut:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-Summe der Beiträge
+Total des cotisations
 </t>
         </r>
         <r>
           <rPr>
             <b/>
             <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>1.) Verbandsmodul
-[...1 lines deleted...]
-3.) Weiterbildungsmodul</t>
+          <t>1.) Module association
+2.) Module de formation initiale
+3.) Module formation supérieure</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H19" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000005000000}">
+    <comment ref="H19" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000007000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Rabatt:
+          <t xml:space="preserve">Rabais:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Errechneter Rabatt gemäss </t>
-[...19 lines deleted...]
-</t>
+          <t>Rabais calculé selon l'échelle des rabais.</t>
         </r>
       </text>
     </comment>
-    <comment ref="H20" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000006000000}">
+    <comment ref="H20" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000008000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Leistungsbeitrag Gebäudehülle Schweiz:
-</t>
+          <t xml:space="preserve">Cotisations des prestations d'Enveloppe des édifices Suisse: </t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Errechneter Leistungsbeitrag an Gebäudehülle Schweiz.
-Resultierend aus dem Wert </t>
+          <t xml:space="preserve">Cotisation des prestations d'Enveloppe des édifices Suisse résultant de la valeur </t>
         </r>
         <r>
           <rPr>
             <b/>
-            <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Total Brutto </t>
+          <t>totale brute</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">abzüglich dem errechneten Rabatt gemäss </t>
-[...9 lines deleted...]
-          <t>Rabattschlüssel.</t>
+          <t xml:space="preserve"> sous déduction du rabais calculé selon l'échelle des rabais. </t>
         </r>
       </text>
     </comment>
-    <comment ref="C23" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000007000000}">
+    <comment ref="C23" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000009000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>Wahl der Module.</t>
+          <t>Choix des Modules.</t>
         </r>
       </text>
     </comment>
-    <comment ref="D25" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000008000000}">
+    <comment ref="D25" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000A000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">1.) Verbandsmodul:
+          <t>1) Module associatif :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+Ce champ est toujours activé. Une affiliation signifie automatiquement un droit aux prestations intégrées dans le module associatif.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D26" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000B000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>2) Module de formation initiale</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Oui = souhaité / Non = pas souhaité
+Ce champ doit être activé (par oui) lorsque le module de formation initiale est sélectionné. Lors de l’activation de ce champ (par oui) naît le droit à la prestation intégrée dans le module de formation initiale.
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D27" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000C000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">3) Module de formation supérieure </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Oui = souhaité / Non = pas souhaité
+Ce champ doit être activé (par oui) lorsque le module de formation supérieure est sélectionné. Lors de l’activation de ce champ (par oui) naît le droit à la prestation intégrée dans le module de formation supérieure.
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C29" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000D000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>1) Module association:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Données de l’enterprise telles que nombre de succursales affilées (enterprise principale et succursales). Données sur le volume salarial assujetti à l’AVS de l’ensembre de l’enterprise et autres. Ces indications servent à élucider la cotisation pour le module asspciation.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D31" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000E000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Nombre d’entreprises :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Il y a lieu de déclarer l’entreprise principale et toutes les succursales affiliées qui à leur tour fournissent des prestations et services à l’entreprise principale.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D32" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00000F000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Entreprise principale :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Une entreprise principale doit toujours être déclarée. L’entreprise principale est calculée à l’aide d’un montant forfaitaire.
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D33" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000010000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Succursales :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Toutes les succursales affiliées à l’entreprise principale et qui fournissent des prestations et des services à son profit doivent être déclarées.
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D35" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000011000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Volume salarial assujetti à l’AVS de l’ensemble de l’entreprise :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Tous les salaires décomptés à l’AVS l’année précédente, de l’ensemble de l’entreprise, constituent la base des cotisations pour le module association.
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D39" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000012000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Autres affiliations à des associations :</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+Le volume salarial décompté avec une des associations patronales déterminées peut être déduit et doit de ce fait être déclaré comme il suit :
+100% &gt; Pas d’autres affiliations associatives.
+75% &gt; Activité principale plutôt dans la branche de l’enveloppe des bâtiments.
+50% &gt; Activité principale équilibrée dans les deux entreprises.
+25% &gt; Activité principale plutôt dans l’autre branche associative.
+Remarque concernant l’évaluation d’autres affiliations associatives : le pourcentage indiqué détermine le montant du volume salarial considéré, à la base du décompte d’Enveloppe des édifices Suisse.
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C41" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000013000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Effectif d’employé-e-s:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Ces indications servent à déterminer le montant des cotisations professionnelles et d’exécution de l’employeur. Il y a lieu d’indiquer le nombre d’employé-e-s et d’apprenti-e-s de l’année précédente.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D42" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000014000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Directeur / Gestion / admin:
 </t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Dieses Feld ist immer aktiviert. Eine Mitgliedschaft bedeutet automatisch den Anspruch auf Leistungen die im Verbandsmodul integriert sind.</t>
+          <t>Les directeurs généraux et les employés qui ont une responsabilité de direction dans l'entreprise ou qui travaillent principalement dans une capacité de planification, commerciale ou administrative et ne sont donc pas soumis à la CCT de l'Enveloppe des édifices Suisse (voir également la CCT EES, art. 5.2 "Champ d'application personnel")</t>
         </r>
       </text>
     </comment>
-    <comment ref="D26" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000009000000}">
+    <comment ref="D43" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000015000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">2.) Grundbildungsmodul
-Ja = gewünscht / Nein = nicht gewünscht
+          <t xml:space="preserve">Employés CCT Enveloppe des édifices Suisse
 </t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Dieses Feld ist zu aktivieren (mit Ja), wenn das Grundbildungsmodul gewählt wird.
-[...10 lines deleted...]
-          <t xml:space="preserve">
+          <t xml:space="preserve">Les employés qui sont soumis à la CCT d'Enveloppe des édifices Suisse (voir aussi CCT EES, art. 5.2 "Champ d'application personnel").
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="D27" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000A000000}">
+    <comment ref="H43" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000016000000}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Forfait de CHF 500.00 si moins de 2 employées sont déclarés CCT d'Enveloppe des édifices Suisse.
+Sinon, nombre d'employés CCT d'Enveloppe des édifices Suisse multiplié par la valeur de CHF 300.00 par empolyé.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D44" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000017000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">3.) Weiterbildungsmodul:
-Ja = gewünscht / Nein= nicht gewünscht
+          <t xml:space="preserve">Employés d'autres CCT
 </t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Dieses Feld ist zu aktivieren (mit Ja), wenn das Weiterbildungsmodul gewählt wird. 
-Bei der Aktivierung dieses Feldes (mit Ja) entsteht der Anspruch auf Leistungen, die im Weiterbildungsmodul integriert sind.</t>
+          <t>Les employés qui sont soumis à une CCT autre que la CCT d'Enveloppe des édifices Suisse (CCT cantonale ou succursale) et qui travaillent sur l'enveloppe des édifices (par exemple, les plombiers, les menuisiers, etc.).</t>
         </r>
       </text>
     </comment>
-    <comment ref="C29" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000B000000}">
+    <comment ref="H44" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000018000000}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>La valeur calculée se réfère au pourcentage d'adhésion à l'association.</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D45" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0100-000019000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">1.) Verbandsmodul:
+          <t xml:space="preserve">Apprenti-e-s d'Enveloppe des édifices:
 </t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Angaben zur Unternehmung wie Anzahl der angeschlossenen Betriebe (Hauptbetrieb und Filialbetriebe). Angabe der AHV-pflichtigen Lohnsumme des gesamten Unternehmens und weitere.
-[...21 lines deleted...]
-</t>
+          <t>Les apprentis-es assujetis à la CCT d'Enveloppe des édifices Suisse qui font un apprentissage dans un des domaines professionnels de l'enveloppe des édifices. Le droit aux prestations du nombre des apprentis-es indiqués ne naît qu'en selectionnant le 2.) Module de formation initiale.</t>
         </r>
       </text>
     </comment>
-    <comment ref="D31" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000C000000}">
+    <comment ref="C47" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001A000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Anzahl Betriebe:
-[...234 lines deleted...]
-Angabe der Anzahl Mitarbeitenden und Lernenden des jeweiligen Vorjahres (Stichdatum per 31.12.). Betriebe mit Saisoniers deklarieren den durchschnittlichen Personalbestand über das ganze Jahr (nur ganze Zahlen).</t>
+          <t>Pascale Engetschwiler - Gebäudehülle Schweiz:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
-      </text>
-[...2 lines deleted...]
-      <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Geschäftsführer / Kader / Admin:
-</t>
+          <t>Employé-e-s temporaires et à la tâche :</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Geschäftsführer sowie Mitarbeitende, die im Unternehmen Führungsverantwortung haben, oder hauptsächlich in planerischer, kaufmännischer oder administrativer Funktion tätig sind und daher nicht dem GAV Gebäudehülle unterstellt sind (s. auch GAV Gebäudehülle, Art. 5.2"Persönlicher Geltungsbereich")</t>
+          <t xml:space="preserve">
+75% du volume de toutes les factures (de l’année précédente) pour les travailleurs et travailleuses temporaires et à la tâche sont pris en considération, partant du volume salarial déclaré à l’AVS. Seuls les salaires du personnel emprunté à des entreprises membres d’Enveloppe des édifices suisse ne doivent pas être déclarés, ceux-ci-étant décomptés pas l’entreprise prêteuse.
+</t>
         </r>
       </text>
     </comment>
-    <comment ref="D43" authorId="0" shapeId="0" xr:uid="{8D497C34-01CD-4D6E-B968-A237BE4005F1}">
+    <comment ref="D48" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001B000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Mitarbeitende GAV Gebäudehülle
-</t>
+          <t>Somme des factures des travailleuses temporaires et à la tâche :</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Mitarbeitende, die dem GAV Gebäudehülle unterstellt sind (s. auch GAV Gebäudehülle, Art. 5.2 "Persönlicher Geltungsbereich").</t>
+          <t xml:space="preserve">
+Le montant total de toutes les factures des travailleurs et travailleuses temporaires et à la tâche de l’année précédente doit être déclaré.</t>
         </r>
       </text>
     </comment>
-    <comment ref="H43" authorId="0" shapeId="0" xr:uid="{6EF85FA9-3A28-4FAA-9608-86D590A2E944}">
-[...13 lines deleted...]
-    <comment ref="D44" authorId="0" shapeId="0" xr:uid="{0C541022-356D-47DA-93BF-2F7EB72A7FEC}">
+    <comment ref="C51" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001C000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Mitarbeitende anderer GAV
-</t>
+          <t>Volume salarial EECH calculé :</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Mitarbeitende, die einem anderen GAV als dem GAV Gebäudehülle unterstellt sind (Kantonaler- oder Branchen-GAV) und an der Gebäudehülle tätig sind (z.B. Spengler, Zimmerleute etc.).</t>
+          <t xml:space="preserve">
+Le montant du volume salarial calculé est composé du montant salarial évalué par EECH et la somme estimée des travailleurs et travailleuses temporaires. Ces montants servent, avec le total des entreprises, à déterminer la cotisation pour le module associatif.</t>
         </r>
       </text>
     </comment>
-    <comment ref="H44" authorId="0" shapeId="0" xr:uid="{74721543-CBC4-4862-973C-CA905A7843D3}">
+    <comment ref="C52" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001D000000}">
       <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Montant du volume salarial :</t>
+        </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Der berechnete Wert nimmt Bezug auf den Prozentsatz der Verbandszugehörigkeit.</t>
+          <t xml:space="preserve">
+Le volume salarial EECH calculé est multiplié par le pourcentage du montant du volume salarial.</t>
         </r>
       </text>
     </comment>
-    <comment ref="D45" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000015000000}">
+    <comment ref="C55" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001E000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Lernende Gebäudehülle:
-</t>
+          <t>2) Module de formation initiale</t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Lernende, die dem GAV Gebäudehülle unterstellt sind und eine Lehre in den Fachrichtungen des Berufsfeld Gebäudehülle absolvieren. 
-[...19 lines deleted...]
-          <t>.</t>
+          <t xml:space="preserve">
+Ces données servent à déterminer la cotisation pour le module de formation initiale.</t>
         </r>
       </text>
     </comment>
-    <comment ref="C47" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000016000000}">
+    <comment ref="C57" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001F000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Temporär- und Akkordmitarbeitende:
-</t>
+          <t>Valeur du module de formation initiale :</t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>75% der Summe aller Rechnungen (aus dem Vorjahr) für temporär- und Akkordmitarbeitende werden der deklarierten AHV-Lohnsumme aufgerechnet.
-Einzig Löhne von ausgeliehenem Personal von anderen Mitgliederfirmen von Gebäudehülle Schweiz sind nicht zu deklarieren, da diese über die verleihende Firma  abgerechnet werden.</t>
+          <t xml:space="preserve">
+La valeur du module de formation initiale est la résultante du choix des modules. Cette somme est indépendante du nombre d’apprentis-es ; elle est activée avec le choix du module 2) module de formation initiale = Oui.</t>
         </r>
       </text>
     </comment>
-    <comment ref="D48" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000017000000}">
+    <comment ref="C58" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000020000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Summe der Rechnungen der temporär- und Akkordmitarbeitenden:
-</t>
+          <t>Nombre d’apprentis-es :</t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Die gesammte Summe aller Rechnungen der temporär- und Akkordmitarbaitenden aus dem Vorjahr ist zu deklarieren.</t>
+          <t xml:space="preserve">
+Le nombre d’apprentis-es est déterminé par le nombre d’apprentis-es indiqué, multiplié par le montant prédéfini.</t>
         </r>
       </text>
     </comment>
-    <comment ref="C51" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000018000000}">
+    <comment ref="C61" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000021000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Errechnete Lohnsumme GHCH:</t>
+          <t>3) Module de formation supérieure</t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-Der Wert der errechneten Lohnsumme setzt sich zusammen aus der ermittelten abgerechneten Lohnsumme GHCH und dem ermittelten Wert der temporären Mitarbeitenden.
-Diese Angaben dienen zusammen mit dem Wert der Anzahl Betriebe zur Ermittlung der Beiträge für das Verbandsmodul.</t>
+Ces indications servent à déterminer la cotisation pour le module de formation supérieure.</t>
         </r>
       </text>
     </comment>
-    <comment ref="C52" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000019000000}">
+    <comment ref="C63" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000022000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t>Wert Lohnsumme:</t>
+          <t>Valeur du module de formation supérieure :</t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-Die errechnete Lohnsumme GHCH wird mit dem prozentualen Wert multipliziert zum Wert Lohnsumme.</t>
+La valeur du module de formation supérieure dépend du choix du module de formation supérieure; elle est activée par le choix du module 3) Module de formation supérieure.</t>
         </r>
       </text>
     </comment>
-    <comment ref="C55" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00001B000000}">
+    <comment ref="C64" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000023000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">2.) Grundbildungsmodul
-</t>
+          <t>Montant du volume salarial :</t>
         </r>
         <r>
           <rPr>
-            <sz val="8"/>
+            <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
-[...157 lines deleted...]
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-Der Wert Lohnsumme wird ermittelt durch die errechnete Lohnsumme GHCH und multipliziert mit dem vorgegebenen Wert.</t>
+Le montant du volume salarial est déterminé par le calcul du volume salarial d’EECH qui est multiplié par le montant prédéfini.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="61">
   <si>
     <t xml:space="preserve"> 0 - 1'500.00</t>
   </si>
   <si>
     <t>1'501.00 - 3'000.00</t>
   </si>
   <si>
     <t>3'001.00 - 6'000.00</t>
   </si>
   <si>
     <t>Beitrag:</t>
   </si>
   <si>
     <t>Wert bis 1'500.00</t>
   </si>
   <si>
@@ -1351,200 +1142,200 @@
   <si>
     <t>Wert 3'001.00 bis 6'000.00</t>
   </si>
   <si>
     <t>Berechnet</t>
   </si>
   <si>
     <t>Beitrag brutto</t>
   </si>
   <si>
     <t>Beitrag netto</t>
   </si>
   <si>
     <t>Rückvergütung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Satz</t>
   </si>
   <si>
     <t>Rabatt (%)</t>
   </si>
   <si>
-    <t>Anzahl Betriebe</t>
-[...31 lines deleted...]
-  <si>
     <t>Rabattschlüssel</t>
   </si>
   <si>
-    <t>Wert Lohnsumme</t>
-[...16 lines deleted...]
-  <si>
     <t>höher 6'000.00</t>
-  </si>
-[...46 lines deleted...]
-    <t>Mitarbeitende anderer GAV</t>
   </si>
   <si>
     <t>Dropdown:</t>
   </si>
   <si>
     <t>gerundeter Wert:</t>
   </si>
   <si>
     <t>Gerundeter Wert:</t>
   </si>
   <si>
-    <t>Geschäftsführer / Kader / Admin</t>
+    <t>Cotisations</t>
   </si>
   <si>
-    <t>Firma / Kunden-Nr.</t>
+    <t>Entreprise / no de client</t>
   </si>
   <si>
-    <t>Reduktion</t>
+    <t>CP/Lieu</t>
   </si>
   <si>
-    <t>Ort</t>
+    <t>Section</t>
   </si>
   <si>
-    <t>Datum</t>
+    <t>1.) Module "Association"</t>
   </si>
   <si>
-    <t>Unterschrift</t>
+    <t>2.) Module "Formation initiale"</t>
   </si>
   <si>
-    <t>Bitte übermitteln Sie das Formular online an Gebäudehülle Schweiz.</t>
+    <t>3.) Module "Formation supérieure"</t>
   </si>
   <si>
-    <t>bitte wählen</t>
+    <t>Total brut</t>
+  </si>
+  <si>
+    <t>Contribution Enveloppe des édifices Suisse</t>
+  </si>
+  <si>
+    <t>Module</t>
+  </si>
+  <si>
+    <t>1.) Données de l'entreprise</t>
+  </si>
+  <si>
+    <t>Taux</t>
+  </si>
+  <si>
+    <t>Entreprise principale (siège)</t>
+  </si>
+  <si>
+    <t>Succursale</t>
+  </si>
+  <si>
+    <t>Volume salarial assujetti à l'AVS</t>
+  </si>
+  <si>
+    <t>toute l'entreprise</t>
+  </si>
+  <si>
+    <t>Affiliation à d'autres associations</t>
+  </si>
+  <si>
+    <t>Effectifs</t>
+  </si>
+  <si>
+    <t>Directeurs / cadres / admin</t>
+  </si>
+  <si>
+    <t>Travailleurs avec CCT EES</t>
+  </si>
+  <si>
+    <t>Travailleurs d'autres CCT</t>
+  </si>
+  <si>
+    <t>Apprentis</t>
+  </si>
+  <si>
+    <t>Personnel temporaire:</t>
+  </si>
+  <si>
+    <t>Factures temporaires</t>
+  </si>
+  <si>
+    <t>Taux module "Formation initiale"</t>
+  </si>
+  <si>
+    <t>Nombre d'apprentis</t>
+  </si>
+  <si>
+    <t>Taux module "Formation supérieure"</t>
+  </si>
+  <si>
+    <t>Cachet de la société/</t>
+  </si>
+  <si>
+    <t>Note:</t>
+  </si>
+  <si>
+    <t>choisir</t>
+  </si>
+  <si>
+    <t>Votre choix</t>
+  </si>
+  <si>
+    <t>Nombre d'entreprises</t>
+  </si>
+  <si>
+    <t>décompte du volume salarial EES (%)</t>
+  </si>
+  <si>
+    <t>Volume salarial calculé EES</t>
+  </si>
+  <si>
+    <t>Taux volume salarial</t>
+  </si>
+  <si>
+    <t>Réduction</t>
+  </si>
+  <si>
+    <t>Lieu</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Signature</t>
+  </si>
+  <si>
+    <t>Calc de prestations - Cotisations des membres Enveloppe des bâtiments Suisse</t>
+  </si>
+  <si>
+    <t>Veuillez envoyer le formulaire à Enveloppe des bâtiments Suisse.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="_ &quot;SFr.&quot;\ * #,##0.00_ ;_ &quot;SFr.&quot;\ * \-#,##0.00_ ;_ &quot;SFr.&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
     <numFmt numFmtId="167" formatCode="_ [$CHF-807]\ * #,##0.00_ ;_ [$CHF-807]\ * \-#,##0.00_ ;_ [$CHF-807]\ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="23">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF3F3F76"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
@@ -1606,100 +1397,107 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
+      <color rgb="FFFF7D32"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Segoe UI"/>
+      <sz val="11"/>
+      <color rgb="FFFF7D32"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Segoe UI"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...12 lines deleted...]
-      <sz val="11"/>
+      <sz val="15"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
-      <color theme="1"/>
+      <sz val="15.5"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
@@ -1725,51 +1523,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF7D32"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="38">
+  <borders count="36">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF7F7F7F"/>
@@ -1975,80 +1773,50 @@
     </border>
     <border>
       <left/>
       <right style="thick">
         <color theme="9"/>
       </right>
       <top/>
       <bottom style="thick">
         <color theme="9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF7F7F7F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF7F7F7F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF7F7F7F"/>
-[...28 lines deleted...]
-      <left style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color rgb="FF7F7F7F"/>
       </right>
       <top style="thin">
         <color rgb="FF7F7F7F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF7F7F7F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF7F7F7F"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF7F7F7F"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -2090,63 +1858,50 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF7F7F7F"/>
       </right>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF7F7F7F"/>
       </left>
-      <right style="thin">
-[...11 lines deleted...]
-      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF7F7F7F"/>
       </right>
@@ -2166,88 +1921,99 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF7F7F7F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF7F7F7F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0"/>
+        <color rgb="FF7F7F7F"/>
       </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
-      <diagonal/>
-[...11 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="124">
+  <cellXfs count="112">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="5"/>
     <xf numFmtId="165" fontId="2" fillId="3" borderId="2" xfId="3" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="2" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="2" xfId="3" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="4" fillId="4" borderId="2" xfId="5" applyNumberFormat="1"/>
@@ -2281,211 +2047,189 @@
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="13" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="7" borderId="23" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="21" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="7" borderId="23" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="7" borderId="21" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="164" fontId="5" fillId="8" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="7" borderId="35" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="32" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="10" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="167" fontId="1" fillId="7" borderId="7" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="167" fontId="1" fillId="7" borderId="22" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="167" fontId="14" fillId="7" borderId="30" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="5" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="167" fontId="5" fillId="11" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="6" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="167" fontId="15" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="16" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="2" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="15" fillId="7" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="16" fillId="7" borderId="7" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="16" fillId="7" borderId="8" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="15" fillId="7" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="16" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="16" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="15" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="16" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="4" fillId="7" borderId="6" xfId="5" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="15" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="31" xfId="7" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="6" fillId="7" borderId="7" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="1" fillId="7" borderId="34" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="6" fillId="7" borderId="33" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="11" borderId="34" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="11" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="22" fillId="11" borderId="31" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="14" fillId="11" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="22" fillId="11" borderId="31" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="14" fillId="11" borderId="34" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="22" fillId="11" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="9" fontId="14" fillId="11" borderId="34" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="22" fillId="11" borderId="31" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="14" fillId="7" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...30 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="20" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="7" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="164" fontId="6" fillId="7" borderId="22" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="7" borderId="23" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="24" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="28" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="29" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="7" borderId="30" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="25" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="26" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="7" borderId="31" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="27" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="7" borderId="28" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Ausgabe" xfId="4" builtinId="21"/>
     <cellStyle name="Berechnung" xfId="5" builtinId="22"/>
     <cellStyle name="Eingabe" xfId="3" builtinId="20"/>
     <cellStyle name="Notiz" xfId="2" builtinId="10"/>
     <cellStyle name="Prozent" xfId="7" builtinId="5"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Währung" xfId="1" builtinId="4"/>
     <cellStyle name="Zelle überprüfen" xfId="6" builtinId="23"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF7D32"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -2494,55 +2238,55 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX1.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX2.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D10-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D10-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#Leistungsrechner!A1"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Calc de prestations'!D26"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="6562725" y="3409950"/>
     <xdr:ext cx="1419225" cy="514350"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Schaltfläche &quot;Weiter&quot;" descr="Hier geht's zur Berechnung.">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1" tooltip="Auswählen, um anzufangen"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
@@ -2585,273 +2329,265 @@
           <a:schemeClr val="accent2">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent2"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent2"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr" rtl="0"/>
           <a:r>
             <a:rPr lang="de" sz="1600" b="0" cap="none" spc="0" baseline="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:sysClr val="windowText" lastClr="000000"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:ea typeface="Segoe UI" pitchFamily="34" charset="0"/>
               <a:cs typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Berechnung</a:t>
+            <a:t>Calcul</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1600" b="0" cap="none" spc="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
-              <a:sysClr val="windowText" lastClr="000000"/>
+              <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             <a:ea typeface="Segoe UI" pitchFamily="34" charset="0"/>
             <a:cs typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fPrintsWithSheet="0"/>
   </xdr:absoluteAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>55906</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>73714</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-      <xdr:colOff>655981</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>438150</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>26090</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="Text Box 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="817906" y="1407214"/>
-          <a:ext cx="7458075" cy="904876"/>
+          <a:ext cx="8002244" cy="904876"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="27432" rIns="0" bIns="0" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="2800" b="1" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF7D32"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:rPr>
-            <a:t>Leistungsrechner Gebäudehülle Schweiz</a:t>
+            <a:t>Calc de prestations Enveloppe des bâtiments Suisse </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
-      <xdr:colOff>472108</xdr:colOff>
+      <xdr:colOff>496957</xdr:colOff>
       <xdr:row>11</xdr:row>
-      <xdr:rowOff>24848</xdr:rowOff>
+      <xdr:rowOff>99392</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2149579" cy="687239"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5" name="Textfeld 4">
+        <xdr:cNvPr id="6" name="Textfeld 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5806108" y="2120348"/>
-          <a:ext cx="2181225" cy="762000"/>
+          <a:off x="6101522" y="2103783"/>
+          <a:ext cx="2149579" cy="687239"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent6">
             <a:lumMod val="20000"/>
             <a:lumOff val="80000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="28575" cmpd="sng">
+        <a:ln w="28575">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:srgbClr val="FF7D32"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
-          <a:schemeClr val="dk1"/>
+          <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
-        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="de-CH" sz="2000" b="1"/>
-            <a:t>Leistungsrechner</a:t>
+            <a:rPr lang="de-CH" sz="1900" b="1"/>
+            <a:t>Calc de prestations</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="de-CH" sz="2000" b="1"/>
-            <a:t>ab 2025</a:t>
+            <a:rPr lang="de-CH" sz="1900" b="1"/>
+            <a:t>2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>190500</xdr:colOff>
+      <xdr:colOff>200025</xdr:colOff>
       <xdr:row>14</xdr:row>
-      <xdr:rowOff>41413</xdr:rowOff>
+      <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>388923</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:colOff>432023</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>14206</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1">
+        <xdr:cNvPr id="9" name="Grafik 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42727A6E-E3C0-4847-9375-677833C7DB5A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2787E4FD-9E99-819B-7FFC-4B49D44030E4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="952500" y="2708413"/>
-          <a:ext cx="4008423" cy="1253987"/>
+          <a:off x="962025" y="2752725"/>
+          <a:ext cx="4041998" cy="1261981"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...2 lines deleted...]
-        </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
           <xdr:row>69</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>1400175</xdr:colOff>
           <xdr:row>70</xdr:row>
           <xdr:rowOff>123825</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
@@ -2933,179 +2669,172 @@
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
-  <xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>457200</xdr:colOff>
+      <xdr:colOff>483803</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>66675</xdr:rowOff>
+      <xdr:rowOff>73569</xdr:rowOff>
     </xdr:from>
-    <xdr:to>
-[...4 lines deleted...]
-    </xdr:to>
+    <xdr:ext cx="2149579" cy="687239"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Textfeld 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="10086975" y="66675"/>
-          <a:ext cx="2181225" cy="762000"/>
+          <a:off x="10591509" y="73569"/>
+          <a:ext cx="2149579" cy="687239"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent6">
             <a:lumMod val="20000"/>
             <a:lumOff val="80000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:ln w="28575" cmpd="sng">
+        <a:ln w="28575">
           <a:solidFill>
-            <a:schemeClr val="accent6"/>
+            <a:srgbClr val="FF7D32"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
-          <a:schemeClr val="dk1"/>
+          <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
-        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
         <a:lstStyle/>
         <a:p>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="de-CH" sz="2000" b="1"/>
-            <a:t>Leistungsrechner</a:t>
+            <a:rPr lang="de-CH" sz="1900" b="1"/>
+            <a:t>Calc de prestations</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="de-CH" sz="2000" b="1"/>
-            <a:t>ab 2025</a:t>
+            <a:rPr lang="de-CH" sz="1900" b="1"/>
+            <a:t>2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
-  </xdr:twoCellAnchor>
+  </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1820332</xdr:colOff>
+      <xdr:colOff>1869281</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>169334</xdr:rowOff>
+      <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>325156</xdr:colOff>
+      <xdr:colOff>258876</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>148168</xdr:rowOff>
+      <xdr:rowOff>158925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Grafik 4">
+        <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D50621B-FB9D-E80B-C4B3-A8C42948DF6D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2520715-8FC5-4993-9EC5-2B8711D0E9DC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="7249582" y="169334"/>
-          <a:ext cx="2706407" cy="846667"/>
+          <a:off x="7298531" y="190500"/>
+          <a:ext cx="2592501" cy="837581"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...2 lines deleted...]
-        </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -3367,176 +3096,172 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01FAAE48-B5F5-4AAE-A938-D1244AA65598}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle5"/>
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L17" sqref="L17"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="P22" sqref="P22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="16384" width="11.42578125" style="21"/>
   </cols>
   <sheetData/>
-  <sheetProtection algorithmName="SHA-512" hashValue="UdqUn86A7OrVKWmOqrPHuC76YgZdORqGSzaSpqopMo0nUzmkKgzbUfLjCaYxQNV2fHQJX6mnqQQmcy/FKX/MUQ==" saltValue="iXe5bYaVM9xPP9e1IJVYwg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="7tCq8ymiUkh8WwVX3jUwzO/QT79LdBQUO1T4KnqCi85qDwYqglD/jiJfOYZ+nuSkmvAuKl9W9piq/s6bsCFqoA==" saltValue="GGm7/1122u5+QZidJXDsgw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:KK72"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="85" workbookViewId="0">
-[...4 lines deleted...]
-      <selection pane="bottomRight" activeCell="D32" sqref="D32"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="N19" sqref="N19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="73.28515625" customWidth="1"/>
     <col min="2" max="2" width="8.140625" customWidth="1"/>
     <col min="3" max="3" width="37.140625" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" customWidth="1"/>
     <col min="5" max="5" width="14.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="7.42578125" customWidth="1"/>
     <col min="7" max="7" width="12.140625" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.42578125" customWidth="1"/>
     <col min="11" max="11" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="19.5703125" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.42578125" customWidth="1"/>
     <col min="15" max="15" width="15.5703125" customWidth="1"/>
     <col min="16" max="16" width="15.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:297" ht="22.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:297" ht="22.5" customHeight="1" thickTop="1">
       <c r="B1" s="36"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
       <c r="G1" s="37"/>
       <c r="H1" s="37"/>
       <c r="I1" s="38"/>
     </row>
-    <row r="2" spans="1:297" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:297" ht="22.5" customHeight="1">
       <c r="B2" s="39"/>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
       <c r="G2" s="21"/>
       <c r="H2" s="21"/>
       <c r="I2" s="40"/>
     </row>
-    <row r="3" spans="1:297" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:297" ht="23.25" customHeight="1">
       <c r="B3" s="39"/>
       <c r="C3" s="21"/>
       <c r="D3" s="21"/>
       <c r="E3" s="21"/>
       <c r="F3" s="21"/>
       <c r="G3" s="21"/>
       <c r="H3" s="21"/>
       <c r="I3" s="40"/>
     </row>
-    <row r="4" spans="1:297" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:297" ht="23.25" customHeight="1">
       <c r="B4" s="39"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="40"/>
     </row>
-    <row r="5" spans="1:297" ht="21" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:297" ht="21">
       <c r="B5" s="39"/>
-      <c r="C5" s="107" t="s">
-[...6 lines deleted...]
-      <c r="H5" s="107"/>
+      <c r="C5" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="D5" s="97"/>
+      <c r="E5" s="97"/>
+      <c r="F5" s="97"/>
+      <c r="G5" s="97"/>
+      <c r="H5" s="97"/>
       <c r="I5" s="40"/>
     </row>
-    <row r="6" spans="1:297" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:297" ht="13.5" customHeight="1">
       <c r="B6" s="39"/>
       <c r="C6" s="26"/>
       <c r="D6" s="21"/>
       <c r="E6" s="21"/>
       <c r="F6" s="21"/>
       <c r="G6" s="21"/>
       <c r="H6" s="21"/>
       <c r="I6" s="40"/>
     </row>
-    <row r="7" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:297" s="19" customFormat="1">
       <c r="A7"/>
       <c r="B7" s="39"/>
-      <c r="C7" s="78" t="s">
-[...5 lines deleted...]
-      <c r="G7" s="68"/>
+      <c r="C7" s="89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="66"/>
+      <c r="E7" s="66"/>
+      <c r="F7" s="66"/>
+      <c r="G7" s="65"/>
       <c r="H7"/>
       <c r="I7" s="40"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7"/>
       <c r="AC7"/>
       <c r="AD7"/>
       <c r="AE7"/>
       <c r="AF7"/>
@@ -3784,54 +3509,54 @@
       <c r="JN7"/>
       <c r="JO7"/>
       <c r="JP7"/>
       <c r="JQ7"/>
       <c r="JR7"/>
       <c r="JS7"/>
       <c r="JT7"/>
       <c r="JU7"/>
       <c r="JV7"/>
       <c r="JW7"/>
       <c r="JX7"/>
       <c r="JY7"/>
       <c r="JZ7"/>
       <c r="KA7"/>
       <c r="KB7"/>
       <c r="KC7"/>
       <c r="KD7"/>
       <c r="KE7"/>
       <c r="KF7"/>
       <c r="KG7"/>
       <c r="KH7"/>
       <c r="KI7"/>
       <c r="KJ7"/>
       <c r="KK7"/>
     </row>
-    <row r="8" spans="1:297" s="19" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:297" s="19" customFormat="1" ht="8.25" customHeight="1">
       <c r="A8"/>
       <c r="B8" s="39"/>
-      <c r="C8" s="79"/>
+      <c r="C8" s="78"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8" s="4"/>
       <c r="H8"/>
       <c r="I8" s="40"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
@@ -4083,58 +3808,58 @@
       <c r="JN8"/>
       <c r="JO8"/>
       <c r="JP8"/>
       <c r="JQ8"/>
       <c r="JR8"/>
       <c r="JS8"/>
       <c r="JT8"/>
       <c r="JU8"/>
       <c r="JV8"/>
       <c r="JW8"/>
       <c r="JX8"/>
       <c r="JY8"/>
       <c r="JZ8"/>
       <c r="KA8"/>
       <c r="KB8"/>
       <c r="KC8"/>
       <c r="KD8"/>
       <c r="KE8"/>
       <c r="KF8"/>
       <c r="KG8"/>
       <c r="KH8"/>
       <c r="KI8"/>
       <c r="KJ8"/>
       <c r="KK8"/>
     </row>
-    <row r="9" spans="1:297" s="19" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:297" s="19" customFormat="1" ht="3.75" customHeight="1">
       <c r="A9"/>
       <c r="B9" s="39"/>
-      <c r="C9" s="78"/>
-[...3 lines deleted...]
-      <c r="G9" s="68"/>
+      <c r="C9" s="77"/>
+      <c r="D9" s="66"/>
+      <c r="E9" s="66"/>
+      <c r="F9" s="66"/>
+      <c r="G9" s="65"/>
       <c r="H9"/>
       <c r="I9" s="40"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9"/>
       <c r="AC9"/>
       <c r="AD9"/>
       <c r="AE9"/>
       <c r="AF9"/>
@@ -4382,61 +4107,61 @@
       <c r="JN9"/>
       <c r="JO9"/>
       <c r="JP9"/>
       <c r="JQ9"/>
       <c r="JR9"/>
       <c r="JS9"/>
       <c r="JT9"/>
       <c r="JU9"/>
       <c r="JV9"/>
       <c r="JW9"/>
       <c r="JX9"/>
       <c r="JY9"/>
       <c r="JZ9"/>
       <c r="KA9"/>
       <c r="KB9"/>
       <c r="KC9"/>
       <c r="KD9"/>
       <c r="KE9"/>
       <c r="KF9"/>
       <c r="KG9"/>
       <c r="KH9"/>
       <c r="KI9"/>
       <c r="KJ9"/>
       <c r="KK9"/>
     </row>
-    <row r="10" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:297" s="19" customFormat="1">
       <c r="A10"/>
       <c r="B10" s="39"/>
-      <c r="C10" s="80" t="s">
-[...6 lines deleted...]
-      <c r="H10" s="77"/>
+      <c r="C10" s="91" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="111"/>
+      <c r="E10" s="111"/>
+      <c r="F10" s="111"/>
+      <c r="G10" s="111"/>
+      <c r="H10" s="90"/>
       <c r="I10" s="40"/>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10"/>
       <c r="AC10"/>
       <c r="AD10"/>
       <c r="AE10"/>
       <c r="AF10"/>
       <c r="AG10"/>
@@ -4683,60 +4408,60 @@
       <c r="JN10"/>
       <c r="JO10"/>
       <c r="JP10"/>
       <c r="JQ10"/>
       <c r="JR10"/>
       <c r="JS10"/>
       <c r="JT10"/>
       <c r="JU10"/>
       <c r="JV10"/>
       <c r="JW10"/>
       <c r="JX10"/>
       <c r="JY10"/>
       <c r="JZ10"/>
       <c r="KA10"/>
       <c r="KB10"/>
       <c r="KC10"/>
       <c r="KD10"/>
       <c r="KE10"/>
       <c r="KF10"/>
       <c r="KG10"/>
       <c r="KH10"/>
       <c r="KI10"/>
       <c r="KJ10"/>
       <c r="KK10"/>
     </row>
-    <row r="11" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:297" s="19" customFormat="1">
       <c r="A11"/>
       <c r="B11" s="39"/>
-      <c r="C11" s="81" t="s">
-[...5 lines deleted...]
-      <c r="G11" s="123"/>
+      <c r="C11" s="91" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="111"/>
+      <c r="E11" s="111"/>
+      <c r="F11" s="111"/>
+      <c r="G11" s="111"/>
       <c r="H11"/>
       <c r="I11" s="40"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
       <c r="AE11"/>
       <c r="AF11"/>
@@ -4984,60 +4709,60 @@
       <c r="JN11"/>
       <c r="JO11"/>
       <c r="JP11"/>
       <c r="JQ11"/>
       <c r="JR11"/>
       <c r="JS11"/>
       <c r="JT11"/>
       <c r="JU11"/>
       <c r="JV11"/>
       <c r="JW11"/>
       <c r="JX11"/>
       <c r="JY11"/>
       <c r="JZ11"/>
       <c r="KA11"/>
       <c r="KB11"/>
       <c r="KC11"/>
       <c r="KD11"/>
       <c r="KE11"/>
       <c r="KF11"/>
       <c r="KG11"/>
       <c r="KH11"/>
       <c r="KI11"/>
       <c r="KJ11"/>
       <c r="KK11"/>
     </row>
-    <row r="12" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:297" s="19" customFormat="1">
       <c r="A12"/>
       <c r="B12" s="39"/>
-      <c r="C12" s="80" t="s">
-[...5 lines deleted...]
-      <c r="G12" s="122"/>
+      <c r="C12" s="91" t="s">
+        <v>23</v>
+      </c>
+      <c r="D12" s="111"/>
+      <c r="E12" s="111"/>
+      <c r="F12" s="111"/>
+      <c r="G12" s="111"/>
       <c r="H12"/>
       <c r="I12" s="40"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
@@ -5285,58 +5010,58 @@
       <c r="JN12"/>
       <c r="JO12"/>
       <c r="JP12"/>
       <c r="JQ12"/>
       <c r="JR12"/>
       <c r="JS12"/>
       <c r="JT12"/>
       <c r="JU12"/>
       <c r="JV12"/>
       <c r="JW12"/>
       <c r="JX12"/>
       <c r="JY12"/>
       <c r="JZ12"/>
       <c r="KA12"/>
       <c r="KB12"/>
       <c r="KC12"/>
       <c r="KD12"/>
       <c r="KE12"/>
       <c r="KF12"/>
       <c r="KG12"/>
       <c r="KH12"/>
       <c r="KI12"/>
       <c r="KJ12"/>
       <c r="KK12"/>
     </row>
-    <row r="13" spans="1:297" s="19" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:297" s="19" customFormat="1" ht="3.75" customHeight="1">
       <c r="A13"/>
       <c r="B13" s="39"/>
-      <c r="C13" s="70"/>
-[...3 lines deleted...]
-      <c r="G13" s="68"/>
+      <c r="C13" s="77"/>
+      <c r="D13" s="66"/>
+      <c r="E13" s="66"/>
+      <c r="F13" s="66"/>
+      <c r="G13" s="65"/>
       <c r="H13"/>
       <c r="I13" s="40"/>
       <c r="J13"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
       <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13"/>
       <c r="AD13"/>
       <c r="AE13"/>
       <c r="AF13"/>
@@ -5584,111 +5309,111 @@
       <c r="JN13"/>
       <c r="JO13"/>
       <c r="JP13"/>
       <c r="JQ13"/>
       <c r="JR13"/>
       <c r="JS13"/>
       <c r="JT13"/>
       <c r="JU13"/>
       <c r="JV13"/>
       <c r="JW13"/>
       <c r="JX13"/>
       <c r="JY13"/>
       <c r="JZ13"/>
       <c r="KA13"/>
       <c r="KB13"/>
       <c r="KC13"/>
       <c r="KD13"/>
       <c r="KE13"/>
       <c r="KF13"/>
       <c r="KG13"/>
       <c r="KH13"/>
       <c r="KI13"/>
       <c r="KJ13"/>
       <c r="KK13"/>
     </row>
-    <row r="14" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:297">
       <c r="B14" s="39"/>
       <c r="C14" s="4"/>
       <c r="I14" s="40"/>
     </row>
-    <row r="15" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:297">
       <c r="B15" s="39"/>
-      <c r="C15" s="110" t="s">
-[...6 lines deleted...]
-      <c r="H15" s="63">
+      <c r="C15" s="99" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="100"/>
+      <c r="E15" s="100"/>
+      <c r="F15" s="100"/>
+      <c r="G15" s="101"/>
+      <c r="H15" s="64">
         <f>IF(D32=0,0,H44+H43+H52+H31)</f>
         <v>1000</v>
       </c>
       <c r="I15" s="40"/>
     </row>
-    <row r="16" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:297">
       <c r="B16" s="39"/>
-      <c r="C16" s="110" t="s">
-[...6 lines deleted...]
-      <c r="H16" s="63">
+      <c r="C16" s="99" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="100"/>
+      <c r="E16" s="100"/>
+      <c r="F16" s="100"/>
+      <c r="G16" s="101"/>
+      <c r="H16" s="64">
         <f>(H57+H58)*E57</f>
         <v>0</v>
       </c>
       <c r="I16" s="40"/>
     </row>
-    <row r="17" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:297">
       <c r="B17" s="39"/>
-      <c r="C17" s="110" t="s">
-[...5 lines deleted...]
-      <c r="G17" s="112"/>
+      <c r="C17" s="99" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" s="100"/>
+      <c r="E17" s="100"/>
+      <c r="F17" s="100"/>
+      <c r="G17" s="101"/>
       <c r="H17" s="64">
         <f>(H64+H63)*E63</f>
         <v>0</v>
       </c>
       <c r="I17" s="40"/>
     </row>
-    <row r="18" spans="1:297" s="20" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:297" s="20" customFormat="1" ht="15.75" thickBot="1">
       <c r="A18" s="4"/>
       <c r="B18" s="41"/>
-      <c r="C18" s="113" t="s">
-[...6 lines deleted...]
-      <c r="H18" s="65">
+      <c r="C18" s="102" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" s="103"/>
+      <c r="E18" s="103"/>
+      <c r="F18" s="103"/>
+      <c r="G18" s="104"/>
+      <c r="H18" s="86">
         <f>H15+H16+H17</f>
         <v>1000</v>
       </c>
       <c r="I18" s="40"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
       <c r="AA18"/>
       <c r="AB18"/>
       <c r="AC18"/>
       <c r="AD18"/>
@@ -5938,76 +5663,76 @@
       <c r="JN18"/>
       <c r="JO18"/>
       <c r="JP18"/>
       <c r="JQ18"/>
       <c r="JR18"/>
       <c r="JS18"/>
       <c r="JT18"/>
       <c r="JU18"/>
       <c r="JV18"/>
       <c r="JW18"/>
       <c r="JX18"/>
       <c r="JY18"/>
       <c r="JZ18"/>
       <c r="KA18"/>
       <c r="KB18"/>
       <c r="KC18"/>
       <c r="KD18"/>
       <c r="KE18"/>
       <c r="KF18"/>
       <c r="KG18"/>
       <c r="KH18"/>
       <c r="KI18"/>
       <c r="KJ18"/>
       <c r="KK18"/>
     </row>
-    <row r="19" spans="1:297" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:297" ht="15.75" thickTop="1">
       <c r="B19" s="39"/>
-      <c r="C19" s="116" t="s">
+      <c r="C19" s="105" t="s">
         <v>55</v>
       </c>
-      <c r="D19" s="117"/>
-[...3 lines deleted...]
-      <c r="H19" s="66">
+      <c r="D19" s="106"/>
+      <c r="E19" s="106"/>
+      <c r="F19" s="106"/>
+      <c r="G19" s="107"/>
+      <c r="H19" s="87">
         <f>Rabattschlüssel!B19</f>
         <v>0</v>
       </c>
       <c r="I19" s="40"/>
     </row>
-    <row r="20" spans="1:297" s="20" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:297" s="20" customFormat="1" ht="15.75" thickBot="1">
       <c r="A20" s="4"/>
       <c r="B20" s="41"/>
-      <c r="C20" s="119" t="s">
-[...6 lines deleted...]
-      <c r="H20" s="67">
+      <c r="C20" s="108" t="s">
+        <v>28</v>
+      </c>
+      <c r="D20" s="109"/>
+      <c r="E20" s="109"/>
+      <c r="F20" s="109"/>
+      <c r="G20" s="110"/>
+      <c r="H20" s="88">
         <f>H18-H19</f>
         <v>1000</v>
       </c>
       <c r="I20" s="40"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
@@ -6257,78 +5982,78 @@
       <c r="JN20"/>
       <c r="JO20"/>
       <c r="JP20"/>
       <c r="JQ20"/>
       <c r="JR20"/>
       <c r="JS20"/>
       <c r="JT20"/>
       <c r="JU20"/>
       <c r="JV20"/>
       <c r="JW20"/>
       <c r="JX20"/>
       <c r="JY20"/>
       <c r="JZ20"/>
       <c r="KA20"/>
       <c r="KB20"/>
       <c r="KC20"/>
       <c r="KD20"/>
       <c r="KE20"/>
       <c r="KF20"/>
       <c r="KG20"/>
       <c r="KH20"/>
       <c r="KI20"/>
       <c r="KJ20"/>
       <c r="KK20"/>
     </row>
-    <row r="21" spans="1:297" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:297" ht="16.5" thickTop="1" thickBot="1">
       <c r="B21" s="45"/>
       <c r="C21" s="43"/>
       <c r="D21" s="43"/>
       <c r="E21" s="43"/>
       <c r="F21" s="43"/>
       <c r="G21" s="43"/>
       <c r="H21" s="43"/>
       <c r="I21" s="46"/>
     </row>
-    <row r="22" spans="1:297" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:297" ht="15.75" thickTop="1">
       <c r="B22" s="39"/>
       <c r="C22" s="21"/>
       <c r="D22" s="21"/>
       <c r="E22" s="21"/>
       <c r="F22" s="21"/>
       <c r="G22" s="21"/>
       <c r="H22" s="21"/>
       <c r="I22" s="40"/>
     </row>
-    <row r="23" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:297" s="19" customFormat="1">
       <c r="A23"/>
       <c r="B23" s="39"/>
       <c r="C23" s="28" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="D23" s="35" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="E23" s="35"/>
       <c r="F23" s="24"/>
       <c r="G23" s="23"/>
       <c r="H23" s="21"/>
       <c r="I23" s="40"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
@@ -6580,127 +6305,127 @@
       <c r="JN23"/>
       <c r="JO23"/>
       <c r="JP23"/>
       <c r="JQ23"/>
       <c r="JR23"/>
       <c r="JS23"/>
       <c r="JT23"/>
       <c r="JU23"/>
       <c r="JV23"/>
       <c r="JW23"/>
       <c r="JX23"/>
       <c r="JY23"/>
       <c r="JZ23"/>
       <c r="KA23"/>
       <c r="KB23"/>
       <c r="KC23"/>
       <c r="KD23"/>
       <c r="KE23"/>
       <c r="KF23"/>
       <c r="KG23"/>
       <c r="KH23"/>
       <c r="KI23"/>
       <c r="KJ23"/>
       <c r="KK23"/>
     </row>
-    <row r="24" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:297">
       <c r="B24" s="39"/>
       <c r="C24" s="22"/>
       <c r="D24" s="25"/>
       <c r="E24" s="25"/>
       <c r="F24" s="21"/>
       <c r="G24" s="21"/>
       <c r="H24" s="21"/>
       <c r="I24" s="40"/>
     </row>
-    <row r="25" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:297">
       <c r="B25" s="39"/>
       <c r="C25" s="49" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D25" s="94">
+        <v>24</v>
+      </c>
+      <c r="D25" s="67">
         <v>1</v>
       </c>
-      <c r="E25" s="58"/>
+      <c r="E25" s="59"/>
       <c r="F25" s="29"/>
       <c r="G25" s="21"/>
       <c r="H25" s="21"/>
       <c r="I25" s="40"/>
     </row>
-    <row r="26" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:297">
       <c r="B26" s="39"/>
-      <c r="C26" s="55" t="s">
-[...5 lines deleted...]
-      <c r="E26" s="59"/>
+      <c r="C26" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" s="92" t="s">
+        <v>49</v>
+      </c>
+      <c r="E26" s="60"/>
       <c r="F26" s="31"/>
       <c r="G26" s="21"/>
       <c r="H26" s="21"/>
       <c r="I26" s="40"/>
     </row>
-    <row r="27" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:297">
       <c r="B27" s="39"/>
-      <c r="C27" s="55" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="59"/>
+      <c r="C27" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="92" t="s">
+        <v>49</v>
+      </c>
+      <c r="E27" s="60"/>
       <c r="F27" s="31"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="40"/>
     </row>
-    <row r="28" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:297">
       <c r="B28" s="39"/>
       <c r="C28" s="21"/>
       <c r="D28" s="21"/>
       <c r="E28" s="21"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="21"/>
       <c r="I28" s="40"/>
     </row>
-    <row r="29" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:297" s="19" customFormat="1">
       <c r="A29"/>
       <c r="B29" s="39"/>
       <c r="C29" s="28" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D29" s="35" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="E29" s="35"/>
       <c r="F29" s="24"/>
-      <c r="G29" s="108" t="s">
-[...2 lines deleted...]
-      <c r="H29" s="108"/>
+      <c r="G29" s="98" t="s">
+        <v>31</v>
+      </c>
+      <c r="H29" s="98"/>
       <c r="I29" s="40"/>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
@@ -6947,82 +6672,82 @@
       <c r="JN29"/>
       <c r="JO29"/>
       <c r="JP29"/>
       <c r="JQ29"/>
       <c r="JR29"/>
       <c r="JS29"/>
       <c r="JT29"/>
       <c r="JU29"/>
       <c r="JV29"/>
       <c r="JW29"/>
       <c r="JX29"/>
       <c r="JY29"/>
       <c r="JZ29"/>
       <c r="KA29"/>
       <c r="KB29"/>
       <c r="KC29"/>
       <c r="KD29"/>
       <c r="KE29"/>
       <c r="KF29"/>
       <c r="KG29"/>
       <c r="KH29"/>
       <c r="KI29"/>
       <c r="KJ29"/>
       <c r="KK29"/>
     </row>
-    <row r="30" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:297">
       <c r="B30" s="39"/>
       <c r="C30" s="22"/>
       <c r="D30" s="25"/>
       <c r="E30" s="25"/>
       <c r="F30" s="21"/>
       <c r="G30" s="25"/>
       <c r="H30" s="25"/>
       <c r="I30" s="40"/>
     </row>
-    <row r="31" spans="1:297" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:297" s="4" customFormat="1">
       <c r="A31"/>
       <c r="B31" s="41"/>
       <c r="C31" s="50" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D31" s="89">
+        <v>51</v>
+      </c>
+      <c r="D31" s="82">
         <f>SUM(D32:D33)</f>
         <v>1</v>
       </c>
-      <c r="E31" s="58"/>
+      <c r="E31" s="59"/>
       <c r="F31" s="29"/>
-      <c r="G31" s="95"/>
-      <c r="H31" s="93">
+      <c r="G31" s="22"/>
+      <c r="H31" s="68">
         <f>H32+H33</f>
         <v>500</v>
       </c>
       <c r="I31" s="40"/>
       <c r="J31"/>
       <c r="K31"/>
-      <c r="L31" s="74" t="s">
-        <v>51</v>
+      <c r="L31" s="83" t="s">
+        <v>18</v>
       </c>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
@@ -7266,361 +6991,365 @@
       <c r="JN31"/>
       <c r="JO31"/>
       <c r="JP31"/>
       <c r="JQ31"/>
       <c r="JR31"/>
       <c r="JS31"/>
       <c r="JT31"/>
       <c r="JU31"/>
       <c r="JV31"/>
       <c r="JW31"/>
       <c r="JX31"/>
       <c r="JY31"/>
       <c r="JZ31"/>
       <c r="KA31"/>
       <c r="KB31"/>
       <c r="KC31"/>
       <c r="KD31"/>
       <c r="KE31"/>
       <c r="KF31"/>
       <c r="KG31"/>
       <c r="KH31"/>
       <c r="KI31"/>
       <c r="KJ31"/>
       <c r="KK31"/>
     </row>
-    <row r="32" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:297">
       <c r="B32" s="39"/>
-      <c r="C32" s="55" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="84">
+      <c r="C32" s="56" t="s">
+        <v>32</v>
+      </c>
+      <c r="D32" s="93">
         <v>1</v>
       </c>
-      <c r="E32" s="59"/>
+      <c r="E32" s="60"/>
       <c r="F32" s="31"/>
-      <c r="G32" s="93">
+      <c r="G32" s="69">
         <v>500</v>
       </c>
-      <c r="H32" s="93">
+      <c r="H32" s="69">
         <f>L32*G32</f>
         <v>500</v>
       </c>
       <c r="I32" s="40"/>
-      <c r="L32" s="75">
+      <c r="L32" s="84">
         <f>ROUND(D32,0)</f>
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:12">
       <c r="B33" s="39"/>
-      <c r="C33" s="55" t="s">
-[...2 lines deleted...]
-      <c r="D33" s="84">
+      <c r="C33" s="56" t="s">
+        <v>33</v>
+      </c>
+      <c r="D33" s="93">
         <v>0</v>
       </c>
-      <c r="E33" s="59"/>
+      <c r="E33" s="60"/>
       <c r="F33" s="31"/>
-      <c r="G33" s="93">
+      <c r="G33" s="69">
         <v>500</v>
       </c>
-      <c r="H33" s="93">
+      <c r="H33" s="69">
         <f>L33*G33</f>
         <v>0</v>
       </c>
       <c r="I33" s="40"/>
-      <c r="L33" s="75">
+      <c r="L33" s="84">
         <f>ROUND(D33,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:12">
       <c r="B34" s="39"/>
       <c r="C34" s="25"/>
-      <c r="D34" s="85"/>
-      <c r="E34" s="56"/>
+      <c r="D34" s="57"/>
+      <c r="E34" s="57"/>
       <c r="F34" s="21"/>
-      <c r="G34" s="96"/>
-      <c r="H34" s="96"/>
+      <c r="G34" s="21"/>
+      <c r="H34" s="21"/>
       <c r="I34" s="40"/>
     </row>
-    <row r="35" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:12">
       <c r="B35" s="39"/>
       <c r="C35" s="51" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="E35" s="60"/>
+        <v>34</v>
+      </c>
+      <c r="D35" s="94">
+        <v>0</v>
+      </c>
+      <c r="E35" s="61"/>
       <c r="F35" s="30"/>
-      <c r="G35" s="96"/>
-      <c r="H35" s="97"/>
+      <c r="G35" s="21"/>
+      <c r="H35" s="54"/>
       <c r="I35" s="40"/>
-      <c r="L35" s="74" t="s">
-        <v>50</v>
+      <c r="L35" s="83" t="s">
+        <v>17</v>
       </c>
     </row>
-    <row r="36" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:12">
       <c r="B36" s="39"/>
       <c r="C36" s="53" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="E36" s="56"/>
+        <v>35</v>
+      </c>
+      <c r="D36" s="57"/>
+      <c r="E36" s="57"/>
       <c r="F36" s="21"/>
-      <c r="G36" s="96"/>
-      <c r="H36" s="96"/>
+      <c r="G36" s="21"/>
+      <c r="H36" s="21"/>
       <c r="I36" s="40"/>
-      <c r="L36" s="76">
+      <c r="L36" s="85">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:12">
       <c r="B37" s="39"/>
       <c r="C37" s="25"/>
-      <c r="D37" s="85"/>
-      <c r="E37" s="56"/>
+      <c r="D37" s="57"/>
+      <c r="E37" s="57"/>
       <c r="F37" s="21"/>
-      <c r="G37" s="96"/>
-      <c r="H37" s="96"/>
+      <c r="G37" s="21"/>
+      <c r="H37" s="21"/>
       <c r="I37" s="40"/>
-      <c r="L37" s="76">
+      <c r="L37" s="85">
         <v>0.75</v>
       </c>
     </row>
-    <row r="38" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:12">
       <c r="B38" s="39"/>
       <c r="C38" s="48" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="E38" s="56"/>
+        <v>36</v>
+      </c>
+      <c r="D38" s="57"/>
+      <c r="E38" s="57"/>
       <c r="F38" s="21"/>
-      <c r="G38" s="96"/>
-      <c r="H38" s="96"/>
+      <c r="G38" s="21"/>
+      <c r="H38" s="21"/>
       <c r="I38" s="40"/>
-      <c r="L38" s="76">
+      <c r="L38" s="85">
         <v>0.5</v>
       </c>
     </row>
-    <row r="39" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:12">
       <c r="B39" s="39"/>
-      <c r="C39" s="51" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="86">
+      <c r="C39" s="62" t="s">
+        <v>52</v>
+      </c>
+      <c r="D39" s="95">
         <v>1</v>
       </c>
-      <c r="E39" s="59"/>
+      <c r="E39" s="60"/>
       <c r="F39" s="31"/>
-      <c r="G39" s="96"/>
-      <c r="H39" s="98">
+      <c r="G39" s="21"/>
+      <c r="H39" s="71">
         <f>(D35*D39)</f>
         <v>0</v>
       </c>
       <c r="I39" s="40"/>
-      <c r="L39" s="76">
+      <c r="L39" s="85">
         <v>0.25</v>
       </c>
     </row>
-    <row r="40" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:12">
       <c r="B40" s="39"/>
       <c r="C40" s="25"/>
-      <c r="D40" s="87"/>
-      <c r="E40" s="57"/>
+      <c r="D40" s="58"/>
+      <c r="E40" s="58"/>
       <c r="F40" s="32"/>
-      <c r="G40" s="99">
+      <c r="G40" s="73">
         <v>1E-3</v>
       </c>
-      <c r="H40" s="100">
+      <c r="H40" s="72">
         <f>G40*H39</f>
         <v>0</v>
       </c>
-      <c r="I40" s="73"/>
+      <c r="I40" s="80"/>
     </row>
-    <row r="41" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:12">
       <c r="B41" s="39"/>
       <c r="C41" s="52" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D41" s="88">
+        <v>37</v>
+      </c>
+      <c r="D41" s="81">
         <f>L42+L43+L44+L45</f>
         <v>0</v>
       </c>
-      <c r="E41" s="58"/>
+      <c r="E41" s="59"/>
       <c r="F41" s="29"/>
-      <c r="G41" s="96"/>
-      <c r="H41" s="96"/>
+      <c r="G41" s="21"/>
+      <c r="H41" s="21"/>
       <c r="I41" s="40"/>
       <c r="L41" s="4" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
     </row>
-    <row r="42" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:12">
       <c r="B42" s="39"/>
       <c r="C42" s="51" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D42" s="84">
+        <v>38</v>
+      </c>
+      <c r="D42" s="93">
         <v>0</v>
       </c>
-      <c r="E42" s="59"/>
+      <c r="E42" s="60"/>
       <c r="F42" s="31"/>
-      <c r="G42" s="96"/>
-      <c r="H42" s="96"/>
+      <c r="G42" s="21"/>
+      <c r="H42" s="21"/>
       <c r="I42" s="40"/>
-      <c r="L42" s="75">
+      <c r="L42" s="84">
         <f>ROUND(D42,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="2:12" x14ac:dyDescent="0.25">
-      <c r="B43" s="72"/>
+    <row r="43" spans="2:12">
+      <c r="B43" s="79"/>
       <c r="C43" s="51" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D43" s="84">
+        <v>39</v>
+      </c>
+      <c r="D43" s="93">
         <v>0</v>
       </c>
-      <c r="E43" s="59"/>
+      <c r="E43" s="60"/>
       <c r="F43" s="31"/>
-      <c r="G43" s="101">
+      <c r="G43" s="74">
         <v>300</v>
       </c>
-      <c r="H43" s="93">
+      <c r="H43" s="68">
         <f>IF(L43&lt;2,500,(G43*L43))</f>
         <v>500</v>
       </c>
-      <c r="I43" s="73"/>
-      <c r="L43" s="75">
+      <c r="I43" s="80"/>
+      <c r="L43" s="84">
         <f>ROUND(D43,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="2:12" x14ac:dyDescent="0.25">
-      <c r="B44" s="72"/>
+    <row r="44" spans="2:12">
+      <c r="B44" s="79"/>
       <c r="C44" s="51" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D44" s="84">
+        <v>40</v>
+      </c>
+      <c r="D44" s="93">
         <v>0</v>
       </c>
-      <c r="E44" s="59"/>
+      <c r="E44" s="60"/>
       <c r="F44" s="31"/>
-      <c r="G44" s="101">
+      <c r="G44" s="74">
         <v>150</v>
       </c>
-      <c r="H44" s="93">
+      <c r="H44" s="68">
         <f>(L44*G44)*D39</f>
         <v>0</v>
       </c>
-      <c r="I44" s="73"/>
-      <c r="L44" s="75">
+      <c r="I44" s="80"/>
+      <c r="L44" s="84">
         <f>ROUND(D44,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:12">
       <c r="B45" s="39"/>
       <c r="C45" s="51" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D45" s="84">
+        <v>41</v>
+      </c>
+      <c r="D45" s="93">
         <v>0</v>
       </c>
-      <c r="E45" s="59"/>
+      <c r="E45" s="60"/>
       <c r="F45" s="31"/>
-      <c r="G45" s="96"/>
-      <c r="H45" s="96"/>
+      <c r="G45" s="21"/>
+      <c r="H45" s="21"/>
       <c r="I45" s="40"/>
-      <c r="L45" s="75">
+      <c r="L45" s="84">
         <f>ROUND(D45,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:12">
       <c r="B46" s="39"/>
       <c r="C46" s="25"/>
-      <c r="D46" s="56"/>
-      <c r="E46" s="56"/>
+      <c r="D46" s="57"/>
+      <c r="E46" s="57"/>
       <c r="F46" s="21"/>
-      <c r="G46" s="96"/>
-      <c r="H46" s="96"/>
+      <c r="G46" s="21"/>
+      <c r="H46" s="21"/>
       <c r="I46" s="40"/>
     </row>
-    <row r="47" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:12">
       <c r="B47" s="39"/>
       <c r="C47" s="48" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="E47" s="56"/>
+        <v>42</v>
+      </c>
+      <c r="D47" s="57"/>
+      <c r="E47" s="57"/>
       <c r="F47" s="21"/>
-      <c r="G47" s="96"/>
-      <c r="H47" s="96"/>
+      <c r="G47" s="21"/>
+      <c r="H47" s="21"/>
       <c r="I47" s="40"/>
     </row>
-    <row r="48" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:12">
       <c r="B48" s="39"/>
       <c r="C48" s="51" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="E48" s="60"/>
+        <v>43</v>
+      </c>
+      <c r="D48" s="94">
+        <v>0</v>
+      </c>
+      <c r="E48" s="61"/>
       <c r="F48" s="30"/>
-      <c r="G48" s="102">
+      <c r="G48" s="75">
         <v>0.75</v>
       </c>
-      <c r="H48" s="93">
+      <c r="H48" s="68">
         <f>D48*G48</f>
         <v>0</v>
       </c>
       <c r="I48" s="40"/>
     </row>
-    <row r="49" spans="1:297" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C49" s="54"/>
+    <row r="49" spans="1:297">
+      <c r="B49" s="79"/>
+      <c r="C49" s="55"/>
       <c r="D49" s="25"/>
       <c r="E49" s="25"/>
       <c r="F49" s="21"/>
-      <c r="G49" s="99">
+      <c r="G49" s="73">
         <v>1E-3</v>
       </c>
-      <c r="H49" s="100">
+      <c r="H49" s="72">
         <f>G49*H48</f>
         <v>0</v>
       </c>
       <c r="I49" s="40"/>
     </row>
-    <row r="50" spans="1:297" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:297" s="4" customFormat="1">
       <c r="B50" s="41"/>
       <c r="C50" s="25"/>
       <c r="D50" s="22"/>
       <c r="E50" s="22"/>
       <c r="F50" s="23"/>
-      <c r="G50" s="96"/>
-      <c r="H50" s="96"/>
+      <c r="G50" s="21"/>
+      <c r="H50" s="21"/>
       <c r="I50" s="40"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50"/>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
       <c r="AA50"/>
       <c r="AB50"/>
       <c r="AC50"/>
       <c r="AD50"/>
       <c r="AE50"/>
       <c r="AF50"/>
       <c r="AG50"/>
@@ -7867,168 +7596,168 @@
       <c r="JN50"/>
       <c r="JO50"/>
       <c r="JP50"/>
       <c r="JQ50"/>
       <c r="JR50"/>
       <c r="JS50"/>
       <c r="JT50"/>
       <c r="JU50"/>
       <c r="JV50"/>
       <c r="JW50"/>
       <c r="JX50"/>
       <c r="JY50"/>
       <c r="JZ50"/>
       <c r="KA50"/>
       <c r="KB50"/>
       <c r="KC50"/>
       <c r="KD50"/>
       <c r="KE50"/>
       <c r="KF50"/>
       <c r="KG50"/>
       <c r="KH50"/>
       <c r="KI50"/>
       <c r="KJ50"/>
       <c r="KK50"/>
     </row>
-    <row r="51" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:297">
       <c r="B51" s="39"/>
       <c r="C51" s="52" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="D51" s="25"/>
       <c r="E51" s="25"/>
       <c r="F51" s="21"/>
-      <c r="G51" s="96"/>
-      <c r="H51" s="93">
+      <c r="G51" s="23"/>
+      <c r="H51" s="68">
         <f>SUM(H39+H48)</f>
         <v>0</v>
       </c>
       <c r="I51" s="40"/>
     </row>
-    <row r="52" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:297">
       <c r="B52" s="39"/>
-      <c r="C52" s="53" t="s">
-        <v>27</v>
+      <c r="C52" s="63" t="s">
+        <v>54</v>
       </c>
       <c r="D52" s="25"/>
       <c r="E52" s="25"/>
       <c r="F52" s="29"/>
-      <c r="G52" s="99">
+      <c r="G52" s="73">
         <v>1E-3</v>
       </c>
-      <c r="H52" s="100">
+      <c r="H52" s="72">
         <f>H51*G52</f>
         <v>0</v>
       </c>
       <c r="I52" s="40"/>
     </row>
-    <row r="53" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:297">
       <c r="B53" s="39"/>
       <c r="C53" s="21"/>
       <c r="D53" s="21"/>
       <c r="E53" s="21"/>
       <c r="F53" s="21"/>
-      <c r="G53" s="96"/>
-      <c r="H53" s="96"/>
+      <c r="G53" s="21"/>
+      <c r="H53" s="21"/>
       <c r="I53" s="40"/>
     </row>
-    <row r="54" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:297">
       <c r="B54" s="39"/>
       <c r="C54" s="29"/>
       <c r="D54" s="21"/>
       <c r="E54" s="21"/>
       <c r="F54" s="21"/>
-      <c r="G54" s="103"/>
-      <c r="H54" s="103"/>
+      <c r="G54" s="29"/>
+      <c r="H54" s="29"/>
       <c r="I54" s="40"/>
     </row>
-    <row r="55" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:297">
       <c r="B55" s="39"/>
       <c r="C55" s="28" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D55" s="35"/>
       <c r="E55" s="35"/>
       <c r="F55" s="24"/>
-      <c r="G55" s="109" t="s">
-[...2 lines deleted...]
-      <c r="H55" s="109"/>
+      <c r="G55" s="98" t="s">
+        <v>31</v>
+      </c>
+      <c r="H55" s="98"/>
       <c r="I55" s="40"/>
     </row>
-    <row r="56" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:297">
       <c r="B56" s="39"/>
       <c r="C56" s="25"/>
       <c r="D56" s="25"/>
       <c r="E56" s="25"/>
       <c r="F56" s="29"/>
-      <c r="G56" s="95"/>
-      <c r="H56" s="95"/>
+      <c r="G56" s="25"/>
+      <c r="H56" s="25"/>
       <c r="I56" s="40"/>
     </row>
-    <row r="57" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:297">
       <c r="B57" s="39"/>
-      <c r="C57" s="62" t="s">
-[...4 lines deleted...]
-        <v>Nein</v>
+      <c r="C57" s="63" t="s">
+        <v>44</v>
+      </c>
+      <c r="D57" s="70" t="str">
+        <f>IF(D26="oui","oui","non")</f>
+        <v>non</v>
       </c>
       <c r="E57" s="27">
-        <f>IF(D26="ja",1,0)</f>
+        <f>IF(D26="oui",1,0)</f>
         <v>0</v>
       </c>
       <c r="F57" s="29"/>
-      <c r="G57" s="93">
+      <c r="G57" s="69">
         <v>200</v>
       </c>
-      <c r="H57" s="93">
+      <c r="H57" s="68">
         <f>G57*E57</f>
         <v>0</v>
       </c>
       <c r="I57" s="40"/>
     </row>
-    <row r="58" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:297" s="19" customFormat="1">
       <c r="A58"/>
       <c r="B58" s="39"/>
-      <c r="C58" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D58" s="90">
+      <c r="C58" s="63" t="s">
+        <v>45</v>
+      </c>
+      <c r="D58" s="70">
         <f>D45</f>
         <v>0</v>
       </c>
       <c r="E58" s="47">
         <v>300</v>
       </c>
       <c r="F58" s="21"/>
-      <c r="G58" s="93">
+      <c r="G58" s="69">
         <v>300</v>
       </c>
-      <c r="H58" s="93">
-        <f>IF(D26="Ja",G58*D58,0)</f>
+      <c r="H58" s="68">
+        <f>IF(D26="oui",G58*D58,0)</f>
         <v>0</v>
       </c>
       <c r="I58" s="40"/>
       <c r="J58"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58"/>
       <c r="R58"/>
       <c r="S58"/>
       <c r="T58"/>
       <c r="U58"/>
       <c r="V58"/>
       <c r="W58"/>
       <c r="X58"/>
       <c r="Y58"/>
       <c r="Z58"/>
       <c r="AA58"/>
       <c r="AB58"/>
       <c r="AC58"/>
       <c r="AD58"/>
       <c r="AE58"/>
@@ -8277,272 +8006,278 @@
       <c r="JN58"/>
       <c r="JO58"/>
       <c r="JP58"/>
       <c r="JQ58"/>
       <c r="JR58"/>
       <c r="JS58"/>
       <c r="JT58"/>
       <c r="JU58"/>
       <c r="JV58"/>
       <c r="JW58"/>
       <c r="JX58"/>
       <c r="JY58"/>
       <c r="JZ58"/>
       <c r="KA58"/>
       <c r="KB58"/>
       <c r="KC58"/>
       <c r="KD58"/>
       <c r="KE58"/>
       <c r="KF58"/>
       <c r="KG58"/>
       <c r="KH58"/>
       <c r="KI58"/>
       <c r="KJ58"/>
       <c r="KK58"/>
     </row>
-    <row r="59" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:297">
       <c r="B59" s="39"/>
       <c r="C59" s="21"/>
-      <c r="D59" s="91"/>
+      <c r="D59" s="21"/>
       <c r="E59" s="21"/>
       <c r="F59" s="21"/>
-      <c r="G59" s="96"/>
-      <c r="H59" s="96"/>
+      <c r="G59" s="21"/>
+      <c r="H59" s="21"/>
       <c r="I59" s="40"/>
     </row>
-    <row r="60" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:297">
       <c r="B60" s="39"/>
       <c r="C60" s="21"/>
-      <c r="D60" s="91"/>
+      <c r="D60" s="21"/>
       <c r="E60" s="21"/>
       <c r="F60" s="24"/>
-      <c r="G60" s="96"/>
-      <c r="H60" s="96"/>
+      <c r="G60" s="21"/>
+      <c r="H60" s="21"/>
       <c r="I60" s="40"/>
     </row>
-    <row r="61" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:297">
       <c r="B61" s="39"/>
       <c r="C61" s="28" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D61" s="92"/>
+        <v>26</v>
+      </c>
+      <c r="D61" s="35"/>
       <c r="E61" s="35"/>
       <c r="F61" s="24"/>
-      <c r="G61" s="109" t="s">
-[...2 lines deleted...]
-      <c r="H61" s="109"/>
+      <c r="G61" s="98" t="s">
+        <v>31</v>
+      </c>
+      <c r="H61" s="98"/>
       <c r="I61" s="40"/>
     </row>
-    <row r="62" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:297">
       <c r="B62" s="39"/>
       <c r="C62" s="25"/>
-      <c r="D62" s="85"/>
+      <c r="D62" s="25"/>
       <c r="E62" s="25"/>
       <c r="F62" s="29"/>
-      <c r="G62" s="95"/>
-      <c r="H62" s="95"/>
+      <c r="G62" s="25"/>
+      <c r="H62" s="25"/>
       <c r="I62" s="40"/>
     </row>
-    <row r="63" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:297">
       <c r="B63" s="39"/>
-      <c r="C63" s="61" t="s">
-[...4 lines deleted...]
-        <v>Nein</v>
+      <c r="C63" s="62" t="s">
+        <v>46</v>
+      </c>
+      <c r="D63" s="70" t="str">
+        <f>IF(D27="oui","oui","non")</f>
+        <v>non</v>
       </c>
       <c r="E63" s="27">
-        <f>IF(D27="ja",1,0)</f>
+        <f>IF(D27="oui",1,0)</f>
         <v>0</v>
       </c>
       <c r="F63" s="21"/>
-      <c r="G63" s="93">
+      <c r="G63" s="69">
         <v>200</v>
       </c>
-      <c r="H63" s="93">
+      <c r="H63" s="68">
         <f>G63*E63</f>
         <v>0</v>
       </c>
       <c r="I63" s="40"/>
     </row>
-    <row r="64" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:297">
       <c r="B64" s="39"/>
-      <c r="C64" s="53" t="s">
-[...2 lines deleted...]
-      <c r="D64" s="93">
+      <c r="C64" s="63" t="s">
+        <v>54</v>
+      </c>
+      <c r="D64" s="68">
         <f>H51</f>
         <v>0</v>
       </c>
       <c r="E64" s="25"/>
       <c r="F64" s="21"/>
-      <c r="G64" s="104">
+      <c r="G64" s="76">
         <v>5.0000000000000001E-4</v>
       </c>
-      <c r="H64" s="93">
-        <f>IF(D27="Ja",G64*H51,0)</f>
+      <c r="H64" s="68">
+        <f>IF(D27="oui",G64*H51,0)</f>
         <v>0</v>
       </c>
       <c r="I64" s="40"/>
     </row>
-    <row r="65" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:9">
       <c r="B65" s="39"/>
       <c r="C65" s="21"/>
       <c r="D65" s="21"/>
       <c r="E65" s="21"/>
       <c r="F65" s="21"/>
-      <c r="G65" s="96"/>
-      <c r="H65" s="96"/>
+      <c r="G65" s="21"/>
+      <c r="H65" s="21"/>
       <c r="I65" s="40"/>
     </row>
-    <row r="66" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:9" ht="18.75" customHeight="1">
       <c r="B66" s="39"/>
       <c r="C66" s="21"/>
       <c r="D66" s="21"/>
       <c r="E66" s="21"/>
       <c r="F66" s="21"/>
-      <c r="G66" s="96"/>
-      <c r="H66" s="96"/>
+      <c r="G66" s="21"/>
+      <c r="H66" s="21"/>
       <c r="I66" s="40"/>
     </row>
-    <row r="67" spans="2:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="2:9" ht="18.75" customHeight="1" thickBot="1">
       <c r="B67" s="39"/>
       <c r="C67" s="21"/>
       <c r="D67" s="21"/>
       <c r="E67" s="21"/>
       <c r="F67" s="21"/>
       <c r="G67" s="21"/>
       <c r="H67" s="21"/>
       <c r="I67" s="40"/>
     </row>
-    <row r="68" spans="2:9" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="F68" s="106"/>
+    <row r="68" spans="2:9" ht="15.75" thickTop="1">
+      <c r="B68" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="C68" s="37" t="s">
+        <v>60</v>
+      </c>
+      <c r="D68" s="37"/>
+      <c r="E68" s="37"/>
+      <c r="F68" s="37"/>
       <c r="G68" s="37"/>
       <c r="H68" s="37"/>
       <c r="I68" s="38"/>
     </row>
-    <row r="69" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:9">
       <c r="B69" s="39"/>
       <c r="C69" s="21"/>
       <c r="D69" s="21"/>
       <c r="E69" s="21"/>
       <c r="F69" s="21"/>
       <c r="G69" s="23" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H69" s="21"/>
       <c r="I69" s="40"/>
     </row>
-    <row r="70" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:9">
       <c r="B70" s="39"/>
       <c r="C70" s="34" t="s">
         <v>56</v>
       </c>
       <c r="D70" s="23" t="s">
         <v>57</v>
       </c>
       <c r="E70" s="23"/>
       <c r="F70" s="23"/>
       <c r="G70" s="23" t="s">
         <v>58</v>
       </c>
       <c r="H70" s="33"/>
       <c r="I70" s="40"/>
     </row>
-    <row r="71" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="2:9" ht="15.75" thickBot="1">
       <c r="B71" s="42"/>
       <c r="C71" s="43"/>
       <c r="D71" s="43"/>
       <c r="E71" s="43"/>
       <c r="F71" s="43"/>
       <c r="G71" s="43"/>
       <c r="H71" s="43"/>
       <c r="I71" s="44"/>
     </row>
-    <row r="72" spans="2:9" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="72" spans="2:9" ht="15.75" thickTop="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="FurFpxzi2ECR13/5sgQ8G4J3htuiL1NAsrrESLICaz5DuRmB5A4J5mkU6FwU2LQtU6VHoYErROIhz76GwbL1TQ==" saltValue="4dcFWXaE583pniroOIPG/Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="rvoEhe4NFxCGQte4VWinhp+5KuCjkeKgTBzp1VOf4xcxqZJ8Gj6jCaznM+Iwa7/+JMCl5A+CXi36v8cKoR2DPg==" saltValue="QSggy9xAMxdM1i1hf9OT0A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="H10" name="Bereich7"/>
     <protectedRange sqref="D48:E48" name="Bereich6"/>
     <protectedRange sqref="D39:E39" name="Bereich4"/>
     <protectedRange sqref="D35:E35" name="Bereich3"/>
     <protectedRange sqref="D26:E27 D32:E33 D42:E45" name="Bereich1"/>
     <protectedRange sqref="D10:D12" name="Bereich5"/>
   </protectedRanges>
   <customSheetViews>
     <customSheetView guid="{35B8B0D7-C4B3-4CA4-9DF6-A7FECCB9ECC8}" scale="115" showPageBreaks="1" showGridLines="0" showRowCol="0" fitToPage="1" printArea="1">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1:E53"/>
       <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
       <printOptions horizontalCentered="1"/>
       <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
       <headerFooter>
         <oddFooter>&amp;L&amp;F&amp;C&amp;P / &amp;N&amp;R&amp;D, D. Frei</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="13">
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="G29:H29"/>
     <mergeCell ref="G55:H55"/>
     <mergeCell ref="G61:H61"/>
     <mergeCell ref="C15:G15"/>
     <mergeCell ref="C16:G16"/>
     <mergeCell ref="C17:G17"/>
     <mergeCell ref="C18:G18"/>
     <mergeCell ref="C19:G19"/>
     <mergeCell ref="C20:G20"/>
     <mergeCell ref="D10:G10"/>
     <mergeCell ref="D12:G12"/>
     <mergeCell ref="D11:G11"/>
   </mergeCells>
-  <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D26:E27" xr:uid="{899D346C-06F1-4F5E-A5A8-276AC66204E6}">
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E26:E27" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"bitte wählen,Ja,Nein"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L36:L39 D39" xr:uid="{D666C4F1-68FD-48F4-9734-E2469423F196}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L36:L39 D39" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>$L$36:$L$39</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D26:D27" xr:uid="{00000000-0002-0000-0100-000002000000}">
+      <formula1>"choisir,oui,non"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.51181102362204722" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" orientation="portrait" r:id="rId2"/>
   <headerFooter scaleWithDoc="0">
-    <oddHeader>&amp;RVersion 28.09.2023</oddHeader>
+    <oddHeader>&amp;RVersion 02.01.2024</oddHeader>
     <oddFooter>&amp;C&amp;10Lindenstrasse 4    9240 Uzwil    T 071 955 70 30    F 071 955 70 40    info@gebäudehülle.swiss    www.gebäudehülle.swiss</oddFooter>
   </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="H16" formula="1"/>
+  </ignoredErrors>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="2093" r:id="rId5" name="Ort">
           <controlPr defaultSize="0" autoLine="0" r:id="rId6">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>390525</xdr:colOff>
                 <xdr:row>69</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>1400175</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>123825</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
@@ -8557,429 +8292,429 @@
               <from>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>533400</xdr:colOff>
                 <xdr:row>69</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>5</xdr:col>
                 <xdr:colOff>314325</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="2095" r:id="rId7" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Tabelle2"/>
   <dimension ref="A1:L21"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.140625" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:12" ht="26.25">
       <c r="A1" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12">
       <c r="B2" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12">
       <c r="A3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="8">
         <v>0</v>
       </c>
       <c r="C3" s="7">
-        <f t="shared" ref="C3:C5" si="0">(100-B3)/100</f>
+        <f>(100-B3)/100</f>
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12">
       <c r="A4" s="12" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="8">
         <v>10</v>
       </c>
       <c r="C4" s="7">
-        <f t="shared" si="0"/>
+        <f>(100-B4)/100</f>
         <v>0.9</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12">
       <c r="A5" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="8">
         <v>20</v>
       </c>
       <c r="C5" s="7">
-        <f t="shared" si="0"/>
+        <f>(100-B5)/100</f>
         <v>0.8</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12">
       <c r="A6" s="12" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="B6" s="8">
         <v>40</v>
       </c>
       <c r="C6" s="7">
         <f>(100-B6)/100</f>
         <v>0.6</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12">
       <c r="A8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="13">
-        <f>Leistungsrechner!H18</f>
+        <f>'Calc de prestations'!H18</f>
         <v>1000</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" thickBot="1">
       <c r="A9" s="6"/>
       <c r="B9" s="1"/>
       <c r="C9" s="4"/>
       <c r="F9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="16.5" thickTop="1" thickBot="1">
       <c r="A10" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="15"/>
       <c r="C10" s="15">
         <f>IF((B8&lt;1501),1,0)</f>
         <v>1</v>
       </c>
       <c r="E10" s="17">
         <f>IF((C10=1),C10*B8,0)</f>
         <v>1000</v>
       </c>
       <c r="F10" s="17">
         <f>E10</f>
         <v>1000</v>
       </c>
       <c r="G10" s="17">
         <f>IF((C11=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="H10" s="17">
         <f>G10</f>
         <v>0</v>
       </c>
       <c r="I10" s="17">
         <f>IF((C12=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="J10" s="17">
         <f>I10</f>
         <v>0</v>
       </c>
       <c r="K10" s="17">
         <f>IF((C13=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="L10" s="17">
         <f>K10</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="16.5" thickTop="1" thickBot="1">
       <c r="A11" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="15" t="b">
         <f>AND(B8&gt;1500,B8&lt;3001)</f>
         <v>0</v>
       </c>
       <c r="C11" s="15">
         <f>IF((B11=TRUE),1,0)</f>
         <v>0</v>
       </c>
       <c r="E11" s="17">
         <v>0</v>
       </c>
       <c r="F11" s="14">
         <f>E11*C4</f>
         <v>0</v>
       </c>
       <c r="G11" s="17">
         <f>IF((C11=1),((B8-1500)*C11),0)</f>
         <v>0</v>
       </c>
       <c r="H11" s="17">
         <f>G11*C4</f>
         <v>0</v>
       </c>
       <c r="I11" s="17">
         <f>IF((C12=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="J11" s="17">
         <f>I11*C4</f>
         <v>0</v>
       </c>
       <c r="K11" s="17">
         <f>IF((C13=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="L11" s="17">
         <f>K11*C4</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="16.5" thickTop="1" thickBot="1">
       <c r="A12" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="15" t="b">
         <f>AND(B8&gt;3000,B8&lt;6001)</f>
         <v>0</v>
       </c>
       <c r="C12" s="15">
         <f>IF((B12=TRUE),1,0)</f>
         <v>0</v>
       </c>
       <c r="E12" s="17">
         <v>0</v>
       </c>
       <c r="F12" s="17">
         <f>E12*C5</f>
         <v>0</v>
       </c>
       <c r="G12" s="17">
         <v>0</v>
       </c>
       <c r="H12" s="17">
         <f>G12*C5</f>
         <v>0</v>
       </c>
       <c r="I12" s="17">
         <f>IF((C12=1),((B8-3000)*C12),0)</f>
         <v>0</v>
       </c>
       <c r="J12" s="17">
         <f>I12*C5</f>
         <v>0</v>
       </c>
       <c r="K12" s="17">
         <f>IF((C13=1),3000,0)</f>
         <v>0</v>
       </c>
       <c r="L12" s="17">
         <f>K12*C5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:12" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="16.5" thickTop="1" thickBot="1">
       <c r="A13" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="15"/>
       <c r="C13" s="15">
         <f>IF((B8&gt;6000),1,0)</f>
         <v>0</v>
       </c>
       <c r="E13" s="17">
         <v>0</v>
       </c>
       <c r="F13" s="17">
         <f>E13*C6</f>
         <v>0</v>
       </c>
       <c r="G13" s="17">
         <v>0</v>
       </c>
       <c r="H13" s="17">
         <f>G13*C6</f>
         <v>0</v>
       </c>
       <c r="I13" s="17">
         <v>0</v>
       </c>
       <c r="J13" s="17">
         <f>I13*C6</f>
         <v>0</v>
       </c>
       <c r="K13" s="17">
         <f>IF((C13=1),((B8-6000)*C13),0)</f>
         <v>0</v>
       </c>
       <c r="L13" s="17">
         <f>K13*C6</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" s="4" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" s="4" customFormat="1" ht="15.75" thickTop="1">
       <c r="E14" s="17">
-        <f t="shared" ref="E14:L14" si="1">SUM(E10:E13)</f>
+        <f t="shared" ref="E14:L14" si="0">SUM(E10:E13)</f>
         <v>1000</v>
       </c>
       <c r="F14" s="17">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>1000</v>
       </c>
       <c r="G14" s="17">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H14" s="17">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I14" s="17">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J14" s="17">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K14" s="17">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L14" s="17">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="16">
         <f>E14+G14+I14+K14</f>
         <v>1000</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="16">
         <f>F14+H14+J14+L14</f>
         <v>1000</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4">
       <c r="A18" s="6"/>
       <c r="B18" s="2"/>
       <c r="D18" s="2"/>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4">
       <c r="A19" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="16">
         <f>B16-B17</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4">
       <c r="A20" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="18">
         <f>B19/B16</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4">
       <c r="A21" s="6"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{35B8B0D7-C4B3-4CA4-9DF6-A7FECCB9ECC8}" scale="115">
       <selection activeCell="E4" sqref="E4"/>
       <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <ignoredErrors>
     <ignoredError sqref="G10:G11 I10:I12 K10:K13" formula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100ED2D549FCA62914BA3ACF92E01336AC9" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="839259d991ddc45e35b75875208b51d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fdf362b5-1443-43b9-be97-57d14c3e1dee" xmlns:ns3="86ab92d1-b877-42b4-8dcf-77d00129b17e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5e6ebc672eaa0637ebec40e3709b96d1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100ED2D549FCA62914BA3ACF92E01336AC9" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="454b0110d919ced0a9a53cf0970b8a36">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fdf362b5-1443-43b9-be97-57d14c3e1dee" xmlns:ns3="86ab92d1-b877-42b4-8dcf-77d00129b17e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="96df50498b626fa630856dd8f2e95455" ns2:_="" ns3:_="">
     <xsd:import namespace="fdf362b5-1443-43b9-be97-57d14c3e1dee"/>
     <xsd:import namespace="86ab92d1-b877-42b4-8dcf-77d00129b17e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:i556885b7ed4486db45a13f2f9333e4d" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9207,121 +8942,106 @@
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="fdf362b5-1443-43b9-be97-57d14c3e1dee">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="86ab92d1-b877-42b4-8dcf-77d00129b17e">
       <Value>28</Value>
     </TaxCatchAll>
     <i556885b7ed4486db45a13f2f9333e4d xmlns="fdf362b5-1443-43b9-be97-57d14c3e1dee">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">7c6844ad-1ab7-45b3-8461-91dc754eaaaf</TermId>
         </TermInfo>
       </Terms>
     </i556885b7ed4486db45a13f2f9333e4d>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A4617A7-08B0-46CE-99A6-064826F53076}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{496A2CCA-2A71-4B93-9C15-C83197693D06}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A2837B0-8ABD-4640-A959-13A92BBC5134}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8037A8D-3275-4312-AB81-087C176DACA3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B1BE724-4FAE-4387-B12F-7896C353959F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F69F3409-450D-440B-8235-D637A803EB98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="fdf362b5-1443-43b9-be97-57d14c3e1dee"/>
     <ds:schemaRef ds:uri="86ab92d1-b877-42b4-8dcf-77d00129b17e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6f57d82d-c344-4d8d-8817-49e8b5b5156d}" enabled="1" method="Standard" siteId="{4a8793f9-ac19-46e8-bb46-cd310ddd260b}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>Willkommen</vt:lpstr>
-      <vt:lpstr>Leistungsrechner</vt:lpstr>
+      <vt:lpstr>Bienvenue</vt:lpstr>
+      <vt:lpstr>Calc de prestations</vt:lpstr>
       <vt:lpstr>Rabattschlüssel</vt:lpstr>
-      <vt:lpstr>Leistungsrechner!Druckbereich</vt:lpstr>
+      <vt:lpstr>'Calc de prestations'!Druckbereich</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dominik Frei - Gebäudehülle Schweiz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>