--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -16,58 +16,58 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX2.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://polybauuzwil.sharepoint.com/teams/Marketing/Freigegebene Dokumente/05_Website_Bibliothek/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="18" documentId="8_{EBCB72A1-36DC-4670-8250-A21CF99E21CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B8D6B207-1883-4383-AE5E-C5DD87B912D2}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{78B8C7C5-2A81-4C7D-8C95-1635959BDF11}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="592" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Benvenuti" sheetId="7" r:id="rId1"/>
     <sheet name="Calc delle prestazioni" sheetId="4" r:id="rId2"/>
     <sheet name="Rabattschlüssel" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Calc delle prestazioni'!$B$1:$I$71</definedName>
     <definedName name="Z_35B8B0D7_C4B3_4CA4_9DF6_A7FECCB9ECC8_.wvu.PrintArea" localSheetId="1" hidden="1">'Calc delle prestazioni'!$C$5:$H$68</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Ansicht 1" guid="{35B8B0D7-C4B3-4CA4-9DF6-A7FECCB9ECC8}" maximized="1" xWindow="-1688" yWindow="-8" windowWidth="1696" windowHeight="1026" activeSheetId="4"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -1501,51 +1501,51 @@
   <si>
     <t>firma</t>
   </si>
   <si>
     <t xml:space="preserve">    Calcolatore delle prestazioni - Imposizione della quota annua Involucro edilizio Svizzera</t>
   </si>
   <si>
     <t>Contributo Involucro edilizio Svizzera</t>
   </si>
   <si>
     <t>Massa Salariale calcolata IES
  (Involucro edilizio Svizzera)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="_ &quot;SFr.&quot;\ * #,##0.00_ ;_ &quot;SFr.&quot;\ * \-#,##0.00_ ;_ &quot;SFr.&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
     <numFmt numFmtId="167" formatCode="_ [$CHF-807]\ * #,##0.00_ ;_ [$CHF-807]\ * \-#,##0.00_ ;_ [$CHF-807]\ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="22">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF3F3F76"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
@@ -2364,117 +2364,117 @@
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="35" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="35" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="16" fillId="7" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="16" fillId="7" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="16" fillId="7" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="34" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="34" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="11" borderId="34" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="14" fillId="11" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="14" fillId="11" borderId="34" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="14" fillId="11" borderId="34" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="20" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="7" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="24" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="25" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="26" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="31" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="32" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="7" borderId="33" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="27" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="28" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="29" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="11" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Ausgabe" xfId="4" builtinId="21"/>
     <cellStyle name="Berechnung" xfId="5" builtinId="22"/>
     <cellStyle name="Eingabe" xfId="3" builtinId="20"/>
     <cellStyle name="Notiz" xfId="2" builtinId="10"/>
     <cellStyle name="Prozent" xfId="7" builtinId="5"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Währung" xfId="1" builtinId="4"/>
     <cellStyle name="Zelle überprüfen" xfId="6" builtinId="23"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF7D32"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -2728,51 +2728,51 @@
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="de-CH" sz="2000" b="1"/>
-            <a:t>Calcolatore delle prestazioni 2025</a:t>
+            <a:t>Calcolatore delle prestazioni 2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>336773</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>157081</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Grafik 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25A0ADC-4809-06B7-8A27-48885C9DFE1E}"/>
@@ -2967,51 +2967,51 @@
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="de-CH" sz="2000" b="1"/>
-            <a:t>Calcolatore delle prestazioni 2025</a:t>
+            <a:t>Calcolatore delle prestazioni 2026</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1871382</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>167734</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>243203</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>163805</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29A6AD2E-8A18-AC7A-30C5-C52870151A02}"/>
@@ -3330,161 +3330,159 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01FAAE48-B5F5-4AAE-A938-D1244AA65598}">
   <sheetPr codeName="Tabelle5"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L27" sqref="L27"/>
+      <selection activeCell="M15" sqref="M15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="16384" width="11.42578125" style="21"/>
   </cols>
   <sheetData/>
-  <sheetProtection algorithmName="SHA-512" hashValue="GcCQc9Ksp/fOyq5doDmuhRZ//RGcrYq1CYudY1DIQHpd33qGyBbreJbDY6eqhmSB3m62y0B+a7FollSXNSclMQ==" saltValue="nSG96osxYt02cGX94Fynkw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0Lej2iTe/97etahek+MWvpWEDKCyZ/rg6WgZkWp+nFIKQ6dKUBpjFFbHKq03yYv/eMpe5d2IkqpMJycFb1NxEA==" saltValue="tDw6C3zHVrz1A5qHwJAqqw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:KK72"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="85" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="77.28515625" customWidth="1"/>
     <col min="2" max="2" width="8.140625" customWidth="1"/>
     <col min="3" max="3" width="37.140625" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" customWidth="1"/>
     <col min="5" max="5" width="14.42578125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" customWidth="1"/>
     <col min="7" max="7" width="18.42578125" customWidth="1"/>
     <col min="8" max="8" width="20.7109375" customWidth="1"/>
     <col min="9" max="9" width="5.28515625" customWidth="1"/>
     <col min="11" max="11" width="14.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="19.5703125" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.42578125" customWidth="1"/>
     <col min="15" max="15" width="15.5703125" customWidth="1"/>
     <col min="16" max="16" width="15.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:297" ht="22.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:297" ht="22.5" customHeight="1" thickTop="1">
       <c r="B1" s="36"/>
       <c r="C1" s="37"/>
       <c r="D1" s="37"/>
       <c r="E1" s="37"/>
       <c r="F1" s="37"/>
       <c r="G1" s="37"/>
       <c r="H1" s="37"/>
       <c r="I1" s="38"/>
     </row>
-    <row r="2" spans="1:297" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:297" ht="22.5" customHeight="1">
       <c r="B2" s="39"/>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
       <c r="G2" s="21"/>
       <c r="H2" s="21"/>
       <c r="I2" s="40"/>
     </row>
-    <row r="3" spans="1:297" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:297" ht="23.25" customHeight="1">
       <c r="B3" s="39"/>
       <c r="C3" s="21"/>
       <c r="D3" s="21"/>
       <c r="E3" s="21"/>
       <c r="F3" s="21"/>
       <c r="G3" s="21"/>
       <c r="H3" s="21"/>
       <c r="I3" s="40"/>
     </row>
-    <row r="4" spans="1:297" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:297" ht="23.25" customHeight="1">
       <c r="B4" s="39"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="40"/>
     </row>
-    <row r="5" spans="1:297" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:297" ht="18.75">
       <c r="B5" s="39"/>
-      <c r="C5" s="110" t="s">
+      <c r="C5" s="106" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="110"/>
-[...3 lines deleted...]
-      <c r="H5" s="110"/>
+      <c r="D5" s="106"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106"/>
+      <c r="G5" s="106"/>
+      <c r="H5" s="106"/>
       <c r="I5" s="40"/>
     </row>
-    <row r="6" spans="1:297" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:297" ht="13.5" customHeight="1">
       <c r="B6" s="39"/>
       <c r="C6" s="26"/>
       <c r="D6" s="21"/>
       <c r="E6" s="21"/>
       <c r="F6" s="21"/>
       <c r="G6" s="21"/>
       <c r="H6" s="21"/>
       <c r="I6" s="40"/>
     </row>
-    <row r="7" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:297" s="19" customFormat="1">
       <c r="A7"/>
       <c r="B7" s="39"/>
-      <c r="C7" s="111" t="s">
+      <c r="C7" s="97" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="68"/>
       <c r="E7" s="68"/>
       <c r="F7" s="68"/>
       <c r="G7" s="67"/>
       <c r="H7"/>
       <c r="I7" s="40"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
@@ -3738,51 +3736,51 @@
       <c r="JN7"/>
       <c r="JO7"/>
       <c r="JP7"/>
       <c r="JQ7"/>
       <c r="JR7"/>
       <c r="JS7"/>
       <c r="JT7"/>
       <c r="JU7"/>
       <c r="JV7"/>
       <c r="JW7"/>
       <c r="JX7"/>
       <c r="JY7"/>
       <c r="JZ7"/>
       <c r="KA7"/>
       <c r="KB7"/>
       <c r="KC7"/>
       <c r="KD7"/>
       <c r="KE7"/>
       <c r="KF7"/>
       <c r="KG7"/>
       <c r="KH7"/>
       <c r="KI7"/>
       <c r="KJ7"/>
       <c r="KK7"/>
     </row>
-    <row r="8" spans="1:297" s="19" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:297" s="19" customFormat="1" ht="8.25" customHeight="1">
       <c r="A8"/>
       <c r="B8" s="39"/>
       <c r="C8" s="78"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8" s="4"/>
       <c r="H8"/>
       <c r="I8" s="40"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
@@ -4037,51 +4035,51 @@
       <c r="JN8"/>
       <c r="JO8"/>
       <c r="JP8"/>
       <c r="JQ8"/>
       <c r="JR8"/>
       <c r="JS8"/>
       <c r="JT8"/>
       <c r="JU8"/>
       <c r="JV8"/>
       <c r="JW8"/>
       <c r="JX8"/>
       <c r="JY8"/>
       <c r="JZ8"/>
       <c r="KA8"/>
       <c r="KB8"/>
       <c r="KC8"/>
       <c r="KD8"/>
       <c r="KE8"/>
       <c r="KF8"/>
       <c r="KG8"/>
       <c r="KH8"/>
       <c r="KI8"/>
       <c r="KJ8"/>
       <c r="KK8"/>
     </row>
-    <row r="9" spans="1:297" s="19" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:297" s="19" customFormat="1" ht="3.75" customHeight="1">
       <c r="A9"/>
       <c r="B9" s="39"/>
       <c r="C9" s="77"/>
       <c r="D9" s="68"/>
       <c r="E9" s="68"/>
       <c r="F9" s="68"/>
       <c r="G9" s="67"/>
       <c r="H9"/>
       <c r="I9" s="40"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
@@ -4336,61 +4334,61 @@
       <c r="JN9"/>
       <c r="JO9"/>
       <c r="JP9"/>
       <c r="JQ9"/>
       <c r="JR9"/>
       <c r="JS9"/>
       <c r="JT9"/>
       <c r="JU9"/>
       <c r="JV9"/>
       <c r="JW9"/>
       <c r="JX9"/>
       <c r="JY9"/>
       <c r="JZ9"/>
       <c r="KA9"/>
       <c r="KB9"/>
       <c r="KC9"/>
       <c r="KD9"/>
       <c r="KE9"/>
       <c r="KF9"/>
       <c r="KG9"/>
       <c r="KH9"/>
       <c r="KI9"/>
       <c r="KJ9"/>
       <c r="KK9"/>
     </row>
-    <row r="10" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:297" s="19" customFormat="1">
       <c r="A10"/>
       <c r="B10" s="39"/>
-      <c r="C10" s="113" t="s">
+      <c r="C10" s="99" t="s">
         <v>21</v>
       </c>
-      <c r="D10" s="114"/>
-[...3 lines deleted...]
-      <c r="H10" s="112"/>
+      <c r="D10" s="120"/>
+      <c r="E10" s="120"/>
+      <c r="F10" s="120"/>
+      <c r="G10" s="120"/>
+      <c r="H10" s="98"/>
       <c r="I10" s="40"/>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10"/>
       <c r="AC10"/>
       <c r="AD10"/>
       <c r="AE10"/>
       <c r="AF10"/>
       <c r="AG10"/>
@@ -4637,60 +4635,60 @@
       <c r="JN10"/>
       <c r="JO10"/>
       <c r="JP10"/>
       <c r="JQ10"/>
       <c r="JR10"/>
       <c r="JS10"/>
       <c r="JT10"/>
       <c r="JU10"/>
       <c r="JV10"/>
       <c r="JW10"/>
       <c r="JX10"/>
       <c r="JY10"/>
       <c r="JZ10"/>
       <c r="KA10"/>
       <c r="KB10"/>
       <c r="KC10"/>
       <c r="KD10"/>
       <c r="KE10"/>
       <c r="KF10"/>
       <c r="KG10"/>
       <c r="KH10"/>
       <c r="KI10"/>
       <c r="KJ10"/>
       <c r="KK10"/>
     </row>
-    <row r="11" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:297" s="19" customFormat="1">
       <c r="A11"/>
       <c r="B11" s="39"/>
-      <c r="C11" s="113" t="s">
+      <c r="C11" s="99" t="s">
         <v>22</v>
       </c>
-      <c r="D11" s="114"/>
-[...2 lines deleted...]
-      <c r="G11" s="114"/>
+      <c r="D11" s="120"/>
+      <c r="E11" s="120"/>
+      <c r="F11" s="120"/>
+      <c r="G11" s="120"/>
       <c r="H11"/>
       <c r="I11" s="40"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
       <c r="AE11"/>
       <c r="AF11"/>
@@ -4938,60 +4936,60 @@
       <c r="JN11"/>
       <c r="JO11"/>
       <c r="JP11"/>
       <c r="JQ11"/>
       <c r="JR11"/>
       <c r="JS11"/>
       <c r="JT11"/>
       <c r="JU11"/>
       <c r="JV11"/>
       <c r="JW11"/>
       <c r="JX11"/>
       <c r="JY11"/>
       <c r="JZ11"/>
       <c r="KA11"/>
       <c r="KB11"/>
       <c r="KC11"/>
       <c r="KD11"/>
       <c r="KE11"/>
       <c r="KF11"/>
       <c r="KG11"/>
       <c r="KH11"/>
       <c r="KI11"/>
       <c r="KJ11"/>
       <c r="KK11"/>
     </row>
-    <row r="12" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:297" s="19" customFormat="1">
       <c r="A12"/>
       <c r="B12" s="39"/>
-      <c r="C12" s="113" t="s">
+      <c r="C12" s="99" t="s">
         <v>23</v>
       </c>
-      <c r="D12" s="114"/>
-[...2 lines deleted...]
-      <c r="G12" s="114"/>
+      <c r="D12" s="120"/>
+      <c r="E12" s="120"/>
+      <c r="F12" s="120"/>
+      <c r="G12" s="120"/>
       <c r="H12"/>
       <c r="I12" s="40"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
@@ -5239,51 +5237,51 @@
       <c r="JN12"/>
       <c r="JO12"/>
       <c r="JP12"/>
       <c r="JQ12"/>
       <c r="JR12"/>
       <c r="JS12"/>
       <c r="JT12"/>
       <c r="JU12"/>
       <c r="JV12"/>
       <c r="JW12"/>
       <c r="JX12"/>
       <c r="JY12"/>
       <c r="JZ12"/>
       <c r="KA12"/>
       <c r="KB12"/>
       <c r="KC12"/>
       <c r="KD12"/>
       <c r="KE12"/>
       <c r="KF12"/>
       <c r="KG12"/>
       <c r="KH12"/>
       <c r="KI12"/>
       <c r="KJ12"/>
       <c r="KK12"/>
     </row>
-    <row r="13" spans="1:297" s="19" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:297" s="19" customFormat="1" ht="3.75" customHeight="1">
       <c r="A13"/>
       <c r="B13" s="39"/>
       <c r="C13" s="77"/>
       <c r="D13" s="68"/>
       <c r="E13" s="68"/>
       <c r="F13" s="68"/>
       <c r="G13" s="67"/>
       <c r="H13"/>
       <c r="I13" s="40"/>
       <c r="J13"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
@@ -5538,110 +5536,110 @@
       <c r="JN13"/>
       <c r="JO13"/>
       <c r="JP13"/>
       <c r="JQ13"/>
       <c r="JR13"/>
       <c r="JS13"/>
       <c r="JT13"/>
       <c r="JU13"/>
       <c r="JV13"/>
       <c r="JW13"/>
       <c r="JX13"/>
       <c r="JY13"/>
       <c r="JZ13"/>
       <c r="KA13"/>
       <c r="KB13"/>
       <c r="KC13"/>
       <c r="KD13"/>
       <c r="KE13"/>
       <c r="KF13"/>
       <c r="KG13"/>
       <c r="KH13"/>
       <c r="KI13"/>
       <c r="KJ13"/>
       <c r="KK13"/>
     </row>
-    <row r="14" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:297">
       <c r="B14" s="39"/>
       <c r="C14" s="4"/>
       <c r="I14" s="40"/>
     </row>
-    <row r="15" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:297">
       <c r="B15" s="39"/>
-      <c r="C15" s="98" t="s">
+      <c r="C15" s="108" t="s">
         <v>24</v>
       </c>
-      <c r="D15" s="99"/>
-[...2 lines deleted...]
-      <c r="G15" s="100"/>
+      <c r="D15" s="109"/>
+      <c r="E15" s="109"/>
+      <c r="F15" s="109"/>
+      <c r="G15" s="110"/>
       <c r="H15" s="62">
         <f>IF(D32=0,0,H44+H43+H52+H31)</f>
         <v>1000</v>
       </c>
       <c r="I15" s="40"/>
     </row>
-    <row r="16" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:297">
       <c r="B16" s="39"/>
-      <c r="C16" s="98" t="s">
+      <c r="C16" s="108" t="s">
         <v>25</v>
       </c>
-      <c r="D16" s="99"/>
-[...2 lines deleted...]
-      <c r="G16" s="100"/>
+      <c r="D16" s="109"/>
+      <c r="E16" s="109"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="110"/>
       <c r="H16" s="62">
         <f>(H57+H58)*E57</f>
         <v>0</v>
       </c>
       <c r="I16" s="40"/>
     </row>
-    <row r="17" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:297">
       <c r="B17" s="39"/>
-      <c r="C17" s="98" t="s">
+      <c r="C17" s="108" t="s">
         <v>26</v>
       </c>
-      <c r="D17" s="99"/>
-[...2 lines deleted...]
-      <c r="G17" s="100"/>
+      <c r="D17" s="109"/>
+      <c r="E17" s="109"/>
+      <c r="F17" s="109"/>
+      <c r="G17" s="110"/>
       <c r="H17" s="63">
         <f>(H64+H63)*E63</f>
         <v>0</v>
       </c>
       <c r="I17" s="40"/>
     </row>
-    <row r="18" spans="1:297" s="20" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:297" s="20" customFormat="1" ht="15.75" thickBot="1">
       <c r="A18" s="4"/>
       <c r="B18" s="41"/>
-      <c r="C18" s="101" t="s">
+      <c r="C18" s="111" t="s">
         <v>27</v>
       </c>
-      <c r="D18" s="102"/>
-[...2 lines deleted...]
-      <c r="G18" s="103"/>
+      <c r="D18" s="112"/>
+      <c r="E18" s="112"/>
+      <c r="F18" s="112"/>
+      <c r="G18" s="113"/>
       <c r="H18" s="64">
         <f>H15+H16+H17</f>
         <v>1000</v>
       </c>
       <c r="I18" s="40"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
       <c r="AA18"/>
       <c r="AB18"/>
       <c r="AC18"/>
@@ -5892,75 +5890,75 @@
       <c r="JN18"/>
       <c r="JO18"/>
       <c r="JP18"/>
       <c r="JQ18"/>
       <c r="JR18"/>
       <c r="JS18"/>
       <c r="JT18"/>
       <c r="JU18"/>
       <c r="JV18"/>
       <c r="JW18"/>
       <c r="JX18"/>
       <c r="JY18"/>
       <c r="JZ18"/>
       <c r="KA18"/>
       <c r="KB18"/>
       <c r="KC18"/>
       <c r="KD18"/>
       <c r="KE18"/>
       <c r="KF18"/>
       <c r="KG18"/>
       <c r="KH18"/>
       <c r="KI18"/>
       <c r="KJ18"/>
       <c r="KK18"/>
     </row>
-    <row r="19" spans="1:297" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:297" ht="15.75" thickTop="1">
       <c r="B19" s="39"/>
-      <c r="C19" s="104" t="s">
+      <c r="C19" s="114" t="s">
         <v>54</v>
       </c>
-      <c r="D19" s="105"/>
-[...2 lines deleted...]
-      <c r="G19" s="106"/>
+      <c r="D19" s="115"/>
+      <c r="E19" s="115"/>
+      <c r="F19" s="115"/>
+      <c r="G19" s="116"/>
       <c r="H19" s="65">
         <f>Rabattschlüssel!B19</f>
         <v>0</v>
       </c>
       <c r="I19" s="40"/>
     </row>
-    <row r="20" spans="1:297" s="20" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:297" s="20" customFormat="1" ht="15.75" thickBot="1">
       <c r="A20" s="4"/>
       <c r="B20" s="41"/>
-      <c r="C20" s="107" t="s">
+      <c r="C20" s="117" t="s">
         <v>59</v>
       </c>
-      <c r="D20" s="108"/>
-[...2 lines deleted...]
-      <c r="G20" s="109"/>
+      <c r="D20" s="118"/>
+      <c r="E20" s="118"/>
+      <c r="F20" s="118"/>
+      <c r="G20" s="119"/>
       <c r="H20" s="66">
         <f>H18-H19</f>
         <v>1000</v>
       </c>
       <c r="I20" s="40"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
@@ -6211,71 +6209,71 @@
       <c r="JN20"/>
       <c r="JO20"/>
       <c r="JP20"/>
       <c r="JQ20"/>
       <c r="JR20"/>
       <c r="JS20"/>
       <c r="JT20"/>
       <c r="JU20"/>
       <c r="JV20"/>
       <c r="JW20"/>
       <c r="JX20"/>
       <c r="JY20"/>
       <c r="JZ20"/>
       <c r="KA20"/>
       <c r="KB20"/>
       <c r="KC20"/>
       <c r="KD20"/>
       <c r="KE20"/>
       <c r="KF20"/>
       <c r="KG20"/>
       <c r="KH20"/>
       <c r="KI20"/>
       <c r="KJ20"/>
       <c r="KK20"/>
     </row>
-    <row r="21" spans="1:297" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:297" ht="16.5" thickTop="1" thickBot="1">
       <c r="B21" s="45"/>
       <c r="C21" s="43"/>
       <c r="D21" s="43"/>
       <c r="E21" s="43"/>
       <c r="F21" s="43"/>
       <c r="G21" s="43"/>
       <c r="H21" s="43"/>
       <c r="I21" s="46"/>
     </row>
-    <row r="22" spans="1:297" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:297" ht="15.75" thickTop="1">
       <c r="B22" s="39"/>
       <c r="C22" s="21"/>
       <c r="D22" s="21"/>
       <c r="E22" s="21"/>
       <c r="F22" s="21"/>
       <c r="G22" s="21"/>
       <c r="H22" s="21"/>
       <c r="I22" s="40"/>
     </row>
-    <row r="23" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:297" s="19" customFormat="1">
       <c r="A23"/>
       <c r="B23" s="39"/>
       <c r="C23" s="28" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="35" t="s">
         <v>29</v>
       </c>
       <c r="E23" s="35"/>
       <c r="F23" s="24"/>
       <c r="G23" s="23"/>
       <c r="H23" s="21"/>
       <c r="I23" s="40"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
@@ -6534,127 +6532,127 @@
       <c r="JN23"/>
       <c r="JO23"/>
       <c r="JP23"/>
       <c r="JQ23"/>
       <c r="JR23"/>
       <c r="JS23"/>
       <c r="JT23"/>
       <c r="JU23"/>
       <c r="JV23"/>
       <c r="JW23"/>
       <c r="JX23"/>
       <c r="JY23"/>
       <c r="JZ23"/>
       <c r="KA23"/>
       <c r="KB23"/>
       <c r="KC23"/>
       <c r="KD23"/>
       <c r="KE23"/>
       <c r="KF23"/>
       <c r="KG23"/>
       <c r="KH23"/>
       <c r="KI23"/>
       <c r="KJ23"/>
       <c r="KK23"/>
     </row>
-    <row r="24" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:297">
       <c r="B24" s="39"/>
       <c r="C24" s="22"/>
       <c r="D24" s="25"/>
       <c r="E24" s="25"/>
       <c r="F24" s="21"/>
       <c r="G24" s="21"/>
       <c r="H24" s="21"/>
       <c r="I24" s="40"/>
     </row>
-    <row r="25" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:297">
       <c r="B25" s="39"/>
       <c r="C25" s="86" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="69">
         <v>1</v>
       </c>
       <c r="E25" s="57"/>
       <c r="F25" s="29"/>
       <c r="G25" s="21"/>
       <c r="H25" s="21"/>
       <c r="I25" s="40"/>
     </row>
-    <row r="26" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:297">
       <c r="B26" s="39"/>
       <c r="C26" s="87" t="s">
         <v>25</v>
       </c>
-      <c r="D26" s="115" t="s">
+      <c r="D26" s="100" t="s">
         <v>28</v>
       </c>
       <c r="E26" s="58"/>
       <c r="F26" s="31"/>
       <c r="G26" s="21"/>
       <c r="H26" s="21"/>
       <c r="I26" s="40"/>
     </row>
-    <row r="27" spans="1:297" ht="30" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:297" ht="30">
       <c r="B27" s="39"/>
       <c r="C27" s="88" t="s">
         <v>26</v>
       </c>
-      <c r="D27" s="116" t="s">
+      <c r="D27" s="101" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="58"/>
       <c r="F27" s="31"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="40"/>
     </row>
-    <row r="28" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:297">
       <c r="B28" s="39"/>
       <c r="C28" s="21"/>
       <c r="D28" s="21"/>
       <c r="E28" s="21"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="21"/>
       <c r="I28" s="40"/>
     </row>
-    <row r="29" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:297" s="19" customFormat="1">
       <c r="A29"/>
       <c r="B29" s="39"/>
       <c r="C29" s="28" t="s">
         <v>47</v>
       </c>
       <c r="D29" s="35" t="s">
         <v>29</v>
       </c>
       <c r="E29" s="35"/>
       <c r="F29" s="24"/>
-      <c r="G29" s="97" t="s">
+      <c r="G29" s="107" t="s">
         <v>50</v>
       </c>
-      <c r="H29" s="97"/>
+      <c r="H29" s="107"/>
       <c r="I29" s="40"/>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
@@ -6901,61 +6899,61 @@
       <c r="JN29"/>
       <c r="JO29"/>
       <c r="JP29"/>
       <c r="JQ29"/>
       <c r="JR29"/>
       <c r="JS29"/>
       <c r="JT29"/>
       <c r="JU29"/>
       <c r="JV29"/>
       <c r="JW29"/>
       <c r="JX29"/>
       <c r="JY29"/>
       <c r="JZ29"/>
       <c r="KA29"/>
       <c r="KB29"/>
       <c r="KC29"/>
       <c r="KD29"/>
       <c r="KE29"/>
       <c r="KF29"/>
       <c r="KG29"/>
       <c r="KH29"/>
       <c r="KI29"/>
       <c r="KJ29"/>
       <c r="KK29"/>
     </row>
-    <row r="30" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:297">
       <c r="B30" s="39"/>
       <c r="C30" s="22"/>
       <c r="D30" s="25"/>
       <c r="E30" s="25"/>
       <c r="F30" s="21"/>
       <c r="G30" s="25"/>
       <c r="H30" s="25"/>
       <c r="I30" s="40"/>
     </row>
-    <row r="31" spans="1:297" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:297" s="4" customFormat="1">
       <c r="A31"/>
       <c r="B31" s="41"/>
       <c r="C31" s="49" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="82">
         <f>SUM(D32:D33)</f>
         <v>1</v>
       </c>
       <c r="E31" s="57"/>
       <c r="F31" s="29"/>
       <c r="G31" s="22"/>
       <c r="H31" s="70">
         <f>H32+H33</f>
         <v>500</v>
       </c>
       <c r="I31" s="40"/>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31" s="83" t="s">
         <v>18</v>
       </c>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
@@ -7220,358 +7218,358 @@
       <c r="JN31"/>
       <c r="JO31"/>
       <c r="JP31"/>
       <c r="JQ31"/>
       <c r="JR31"/>
       <c r="JS31"/>
       <c r="JT31"/>
       <c r="JU31"/>
       <c r="JV31"/>
       <c r="JW31"/>
       <c r="JX31"/>
       <c r="JY31"/>
       <c r="JZ31"/>
       <c r="KA31"/>
       <c r="KB31"/>
       <c r="KC31"/>
       <c r="KD31"/>
       <c r="KE31"/>
       <c r="KF31"/>
       <c r="KG31"/>
       <c r="KH31"/>
       <c r="KI31"/>
       <c r="KJ31"/>
       <c r="KK31"/>
     </row>
-    <row r="32" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:297">
       <c r="B32" s="39"/>
       <c r="C32" s="54" t="s">
         <v>32</v>
       </c>
-      <c r="D32" s="117">
+      <c r="D32" s="102">
         <v>1</v>
       </c>
       <c r="E32" s="58"/>
       <c r="F32" s="31"/>
       <c r="G32" s="71">
         <v>500</v>
       </c>
       <c r="H32" s="71">
         <f>L32*G32</f>
         <v>500</v>
       </c>
       <c r="I32" s="40"/>
       <c r="L32" s="84">
         <f>ROUND(D32,0)</f>
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:12">
       <c r="B33" s="39"/>
       <c r="C33" s="54" t="s">
         <v>33</v>
       </c>
-      <c r="D33" s="117">
+      <c r="D33" s="102">
         <v>0</v>
       </c>
       <c r="E33" s="58"/>
       <c r="F33" s="31"/>
       <c r="G33" s="71">
         <v>500</v>
       </c>
       <c r="H33" s="71">
         <f>L33*G33</f>
         <v>0</v>
       </c>
       <c r="I33" s="40"/>
       <c r="L33" s="84">
         <f>ROUND(D33,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:12">
       <c r="B34" s="39"/>
       <c r="C34" s="25"/>
       <c r="D34" s="55"/>
       <c r="E34" s="55"/>
       <c r="F34" s="21"/>
       <c r="G34" s="21"/>
       <c r="H34" s="21"/>
       <c r="I34" s="40"/>
     </row>
-    <row r="35" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:12">
       <c r="B35" s="39"/>
       <c r="C35" s="89" t="s">
         <v>34</v>
       </c>
-      <c r="D35" s="118">
+      <c r="D35" s="103">
         <v>0</v>
       </c>
       <c r="E35" s="59"/>
       <c r="F35" s="30"/>
       <c r="G35" s="21"/>
       <c r="H35" s="52"/>
       <c r="I35" s="40"/>
       <c r="L35" s="83" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="36" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:12">
       <c r="B36" s="39"/>
       <c r="C36" s="90" t="s">
         <v>35</v>
       </c>
       <c r="D36" s="55"/>
       <c r="E36" s="55"/>
       <c r="F36" s="21"/>
       <c r="G36" s="21"/>
       <c r="H36" s="21"/>
       <c r="I36" s="40"/>
       <c r="L36" s="85">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:12">
       <c r="B37" s="39"/>
       <c r="C37" s="25"/>
       <c r="D37" s="55"/>
       <c r="E37" s="55"/>
       <c r="F37" s="21"/>
       <c r="G37" s="21"/>
       <c r="H37" s="21"/>
       <c r="I37" s="40"/>
       <c r="L37" s="85">
         <v>0.75</v>
       </c>
     </row>
-    <row r="38" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:12">
       <c r="B38" s="39"/>
       <c r="C38" s="91" t="s">
         <v>36</v>
       </c>
       <c r="D38" s="55"/>
       <c r="E38" s="55"/>
       <c r="F38" s="21"/>
       <c r="G38" s="21"/>
       <c r="H38" s="21"/>
       <c r="I38" s="40"/>
       <c r="L38" s="85">
         <v>0.5</v>
       </c>
     </row>
-    <row r="39" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:12" ht="30">
       <c r="B39" s="39"/>
       <c r="C39" s="92" t="s">
         <v>37</v>
       </c>
-      <c r="D39" s="119">
+      <c r="D39" s="104">
         <v>1</v>
       </c>
       <c r="E39" s="58"/>
       <c r="F39" s="31"/>
       <c r="G39" s="21"/>
       <c r="H39" s="94">
         <f>(D35*D39)</f>
         <v>0</v>
       </c>
       <c r="I39" s="40"/>
       <c r="L39" s="85">
         <v>0.25</v>
       </c>
     </row>
-    <row r="40" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:12">
       <c r="B40" s="39"/>
       <c r="C40" s="25"/>
       <c r="D40" s="56"/>
       <c r="E40" s="56"/>
       <c r="F40" s="32"/>
       <c r="G40" s="74">
         <v>1E-3</v>
       </c>
       <c r="H40" s="73">
         <f>G40*H39</f>
         <v>0</v>
       </c>
       <c r="I40" s="80"/>
     </row>
-    <row r="41" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:12">
       <c r="B41" s="39"/>
       <c r="C41" s="50" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="81">
         <f>L42+L43+L44+L45</f>
         <v>0</v>
       </c>
       <c r="E41" s="57"/>
       <c r="F41" s="29"/>
       <c r="G41" s="21"/>
       <c r="H41" s="21"/>
       <c r="I41" s="40"/>
       <c r="L41" s="4" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="42" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:12">
       <c r="B42" s="39"/>
       <c r="C42" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="D42" s="117">
+      <c r="D42" s="102">
         <v>0</v>
       </c>
       <c r="E42" s="58"/>
       <c r="F42" s="31"/>
       <c r="G42" s="21"/>
       <c r="H42" s="21"/>
       <c r="I42" s="40"/>
       <c r="L42" s="84">
         <f>ROUND(D42,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:12" ht="30">
       <c r="B43" s="79"/>
       <c r="C43" s="92" t="s">
         <v>40</v>
       </c>
-      <c r="D43" s="120">
+      <c r="D43" s="105">
         <v>0</v>
       </c>
       <c r="E43" s="58"/>
       <c r="F43" s="31"/>
       <c r="G43" s="96">
         <v>300</v>
       </c>
       <c r="H43" s="95">
         <f>IF(L43&lt;2,500,(G43*L43))</f>
         <v>500</v>
       </c>
       <c r="I43" s="80"/>
       <c r="L43" s="84">
         <f>ROUND(D43,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="2:12" ht="30" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:12" ht="30">
       <c r="B44" s="79"/>
       <c r="C44" s="92" t="s">
         <v>41</v>
       </c>
-      <c r="D44" s="120">
+      <c r="D44" s="105">
         <v>0</v>
       </c>
       <c r="E44" s="58"/>
       <c r="F44" s="31"/>
       <c r="G44" s="96">
         <v>150</v>
       </c>
       <c r="H44" s="95">
         <f>(L44*G44)*D39</f>
         <v>0</v>
       </c>
       <c r="I44" s="80"/>
       <c r="L44" s="84">
         <f>ROUND(D44,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:12">
       <c r="B45" s="39"/>
       <c r="C45" s="89" t="s">
         <v>42</v>
       </c>
-      <c r="D45" s="117">
+      <c r="D45" s="102">
         <v>0</v>
       </c>
       <c r="E45" s="58"/>
       <c r="F45" s="31"/>
       <c r="G45" s="21"/>
       <c r="H45" s="21"/>
       <c r="I45" s="40"/>
       <c r="L45" s="84">
         <f>ROUND(D45,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:12">
       <c r="B46" s="39"/>
       <c r="C46" s="25"/>
       <c r="D46" s="55"/>
       <c r="E46" s="55"/>
       <c r="F46" s="21"/>
       <c r="G46" s="21"/>
       <c r="H46" s="21"/>
       <c r="I46" s="40"/>
     </row>
-    <row r="47" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:12">
       <c r="B47" s="39"/>
       <c r="C47" s="48" t="s">
         <v>43</v>
       </c>
       <c r="D47" s="55"/>
       <c r="E47" s="55"/>
       <c r="F47" s="21"/>
       <c r="G47" s="21"/>
       <c r="H47" s="21"/>
       <c r="I47" s="40"/>
     </row>
-    <row r="48" spans="2:12" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:12">
       <c r="B48" s="39"/>
       <c r="C48" s="89" t="s">
         <v>44</v>
       </c>
-      <c r="D48" s="118">
+      <c r="D48" s="103">
         <v>0</v>
       </c>
       <c r="E48" s="59"/>
       <c r="F48" s="30"/>
       <c r="G48" s="75">
         <v>0.75</v>
       </c>
       <c r="H48" s="70">
         <f>D48*G48</f>
         <v>0</v>
       </c>
       <c r="I48" s="40"/>
     </row>
-    <row r="49" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:297">
       <c r="B49" s="79"/>
       <c r="C49" s="53"/>
       <c r="D49" s="25"/>
       <c r="E49" s="25"/>
       <c r="F49" s="21"/>
       <c r="G49" s="74">
         <v>1E-3</v>
       </c>
       <c r="H49" s="73">
         <f>G49*H48</f>
         <v>0</v>
       </c>
       <c r="I49" s="40"/>
     </row>
-    <row r="50" spans="1:297" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:297" s="4" customFormat="1">
       <c r="B50" s="41"/>
       <c r="C50" s="25"/>
       <c r="D50" s="22"/>
       <c r="E50" s="22"/>
       <c r="F50" s="23"/>
       <c r="G50" s="21"/>
       <c r="H50" s="21"/>
       <c r="I50" s="40"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
       <c r="O50"/>
       <c r="P50"/>
       <c r="Q50"/>
       <c r="R50"/>
       <c r="S50"/>
       <c r="T50"/>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
@@ -7825,150 +7823,150 @@
       <c r="JN50"/>
       <c r="JO50"/>
       <c r="JP50"/>
       <c r="JQ50"/>
       <c r="JR50"/>
       <c r="JS50"/>
       <c r="JT50"/>
       <c r="JU50"/>
       <c r="JV50"/>
       <c r="JW50"/>
       <c r="JX50"/>
       <c r="JY50"/>
       <c r="JZ50"/>
       <c r="KA50"/>
       <c r="KB50"/>
       <c r="KC50"/>
       <c r="KD50"/>
       <c r="KE50"/>
       <c r="KF50"/>
       <c r="KG50"/>
       <c r="KH50"/>
       <c r="KI50"/>
       <c r="KJ50"/>
       <c r="KK50"/>
     </row>
-    <row r="51" spans="1:297" ht="30" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:297" ht="30">
       <c r="B51" s="39"/>
       <c r="C51" s="93" t="s">
         <v>60</v>
       </c>
       <c r="D51" s="25"/>
       <c r="E51" s="25"/>
       <c r="F51" s="21"/>
       <c r="G51" s="23"/>
       <c r="H51" s="95">
         <f>SUM(H39+H48)</f>
         <v>0</v>
       </c>
       <c r="I51" s="40"/>
     </row>
-    <row r="52" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:297">
       <c r="B52" s="39"/>
       <c r="C52" s="51" t="s">
         <v>45</v>
       </c>
       <c r="D52" s="25"/>
       <c r="E52" s="25"/>
       <c r="F52" s="29"/>
       <c r="G52" s="74">
         <v>1E-3</v>
       </c>
       <c r="H52" s="73">
         <f>H51*G52</f>
         <v>0</v>
       </c>
       <c r="I52" s="40"/>
     </row>
-    <row r="53" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:297">
       <c r="B53" s="39"/>
       <c r="C53" s="21"/>
       <c r="D53" s="21"/>
       <c r="E53" s="21"/>
       <c r="F53" s="21"/>
       <c r="G53" s="21"/>
       <c r="H53" s="21"/>
       <c r="I53" s="40"/>
     </row>
-    <row r="54" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:297">
       <c r="B54" s="39"/>
       <c r="C54" s="29"/>
       <c r="D54" s="21"/>
       <c r="E54" s="21"/>
       <c r="F54" s="21"/>
       <c r="G54" s="29"/>
       <c r="H54" s="29"/>
       <c r="I54" s="40"/>
     </row>
-    <row r="55" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:297">
       <c r="B55" s="39"/>
       <c r="C55" s="28" t="s">
         <v>25</v>
       </c>
       <c r="D55" s="35"/>
       <c r="E55" s="35"/>
       <c r="F55" s="24"/>
-      <c r="G55" s="97" t="s">
+      <c r="G55" s="107" t="s">
         <v>50</v>
       </c>
-      <c r="H55" s="97"/>
+      <c r="H55" s="107"/>
       <c r="I55" s="40"/>
     </row>
-    <row r="56" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:297">
       <c r="B56" s="39"/>
       <c r="C56" s="25"/>
       <c r="D56" s="25"/>
       <c r="E56" s="25"/>
       <c r="F56" s="29"/>
       <c r="G56" s="25"/>
       <c r="H56" s="25"/>
       <c r="I56" s="40"/>
     </row>
-    <row r="57" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:297">
       <c r="B57" s="39"/>
       <c r="C57" s="61" t="s">
         <v>46</v>
       </c>
       <c r="D57" s="72" t="str">
         <f>IF(D26="Si","Si","No")</f>
         <v>No</v>
       </c>
       <c r="E57" s="27">
         <f>IF(D26="si",1,0)</f>
         <v>0</v>
       </c>
       <c r="F57" s="29"/>
       <c r="G57" s="71">
         <v>200</v>
       </c>
       <c r="H57" s="70">
         <f>G57*E57</f>
         <v>0</v>
       </c>
       <c r="I57" s="40"/>
     </row>
-    <row r="58" spans="1:297" s="19" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:297" s="19" customFormat="1">
       <c r="A58"/>
       <c r="B58" s="39"/>
       <c r="C58" s="61" t="s">
         <v>48</v>
       </c>
       <c r="D58" s="72">
         <f>D45</f>
         <v>0</v>
       </c>
       <c r="E58" s="47">
         <v>300</v>
       </c>
       <c r="F58" s="21"/>
       <c r="G58" s="71">
         <v>300</v>
       </c>
       <c r="H58" s="70">
         <f>IF(D26="Si",G58*D58,0)</f>
         <v>0</v>
       </c>
       <c r="I58" s="40"/>
       <c r="J58"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
@@ -8235,222 +8233,222 @@
       <c r="JN58"/>
       <c r="JO58"/>
       <c r="JP58"/>
       <c r="JQ58"/>
       <c r="JR58"/>
       <c r="JS58"/>
       <c r="JT58"/>
       <c r="JU58"/>
       <c r="JV58"/>
       <c r="JW58"/>
       <c r="JX58"/>
       <c r="JY58"/>
       <c r="JZ58"/>
       <c r="KA58"/>
       <c r="KB58"/>
       <c r="KC58"/>
       <c r="KD58"/>
       <c r="KE58"/>
       <c r="KF58"/>
       <c r="KG58"/>
       <c r="KH58"/>
       <c r="KI58"/>
       <c r="KJ58"/>
       <c r="KK58"/>
     </row>
-    <row r="59" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:297">
       <c r="B59" s="39"/>
       <c r="C59" s="21"/>
       <c r="D59" s="21"/>
       <c r="E59" s="21"/>
       <c r="F59" s="21"/>
       <c r="G59" s="21"/>
       <c r="H59" s="21"/>
       <c r="I59" s="40"/>
     </row>
-    <row r="60" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:297">
       <c r="B60" s="39"/>
       <c r="C60" s="21"/>
       <c r="D60" s="21"/>
       <c r="E60" s="21"/>
       <c r="F60" s="24"/>
       <c r="G60" s="21"/>
       <c r="H60" s="21"/>
       <c r="I60" s="40"/>
     </row>
-    <row r="61" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:297">
       <c r="B61" s="39"/>
       <c r="C61" s="28" t="s">
         <v>26</v>
       </c>
       <c r="D61" s="35"/>
       <c r="E61" s="35"/>
       <c r="F61" s="24"/>
-      <c r="G61" s="97" t="s">
+      <c r="G61" s="107" t="s">
         <v>50</v>
       </c>
-      <c r="H61" s="97"/>
+      <c r="H61" s="107"/>
       <c r="I61" s="40"/>
     </row>
-    <row r="62" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:297">
       <c r="B62" s="39"/>
       <c r="C62" s="25"/>
       <c r="D62" s="25"/>
       <c r="E62" s="25"/>
       <c r="F62" s="29"/>
       <c r="G62" s="25"/>
       <c r="H62" s="25"/>
       <c r="I62" s="40"/>
     </row>
-    <row r="63" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:297">
       <c r="B63" s="39"/>
       <c r="C63" s="60" t="s">
         <v>49</v>
       </c>
       <c r="D63" s="72" t="str">
         <f>IF(D27="Si","Si","No")</f>
         <v>No</v>
       </c>
       <c r="E63" s="27">
         <f>IF(D27="si",1,0)</f>
         <v>0</v>
       </c>
       <c r="F63" s="21"/>
       <c r="G63" s="71">
         <v>200</v>
       </c>
       <c r="H63" s="70">
         <f>G63*E63</f>
         <v>0</v>
       </c>
       <c r="I63" s="40"/>
     </row>
-    <row r="64" spans="1:297" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:297">
       <c r="B64" s="39"/>
       <c r="C64" s="51" t="s">
         <v>45</v>
       </c>
       <c r="D64" s="70">
         <f>H51</f>
         <v>0</v>
       </c>
       <c r="E64" s="25"/>
       <c r="F64" s="21"/>
       <c r="G64" s="76">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="H64" s="70">
         <f>IF(D27="Si",G64*H51,0)</f>
         <v>0</v>
       </c>
       <c r="I64" s="40"/>
     </row>
-    <row r="65" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:9">
       <c r="B65" s="39"/>
       <c r="C65" s="21"/>
       <c r="D65" s="21"/>
       <c r="E65" s="21"/>
       <c r="F65" s="21"/>
       <c r="G65" s="21"/>
       <c r="H65" s="21"/>
       <c r="I65" s="40"/>
     </row>
-    <row r="66" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:9" ht="18.75" customHeight="1">
       <c r="B66" s="39"/>
       <c r="C66" s="21"/>
       <c r="D66" s="21"/>
       <c r="E66" s="21"/>
       <c r="F66" s="21"/>
       <c r="G66" s="21"/>
       <c r="H66" s="21"/>
       <c r="I66" s="40"/>
     </row>
-    <row r="67" spans="2:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="2:9" ht="18.75" customHeight="1" thickBot="1">
       <c r="B67" s="39"/>
       <c r="C67" s="21"/>
       <c r="D67" s="21"/>
       <c r="E67" s="21"/>
       <c r="F67" s="21"/>
       <c r="G67" s="21"/>
       <c r="H67" s="21"/>
       <c r="I67" s="40"/>
     </row>
-    <row r="68" spans="2:9" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:9" ht="15.75" thickTop="1">
       <c r="B68" s="36" t="s">
         <v>52</v>
       </c>
       <c r="C68" s="37" t="s">
         <v>53</v>
       </c>
       <c r="D68" s="37"/>
       <c r="E68" s="37"/>
       <c r="F68" s="37"/>
       <c r="G68" s="37"/>
       <c r="H68" s="37"/>
       <c r="I68" s="38"/>
     </row>
-    <row r="69" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:9">
       <c r="B69" s="39"/>
       <c r="C69" s="21"/>
       <c r="D69" s="21"/>
       <c r="E69" s="21"/>
       <c r="F69" s="21"/>
       <c r="G69" s="23" t="s">
         <v>51</v>
       </c>
       <c r="H69" s="21"/>
       <c r="I69" s="40"/>
     </row>
-    <row r="70" spans="2:9" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:9">
       <c r="B70" s="39"/>
       <c r="C70" s="34" t="s">
         <v>55</v>
       </c>
       <c r="D70" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E70" s="23"/>
       <c r="F70" s="23"/>
       <c r="G70" s="23" t="s">
         <v>57</v>
       </c>
       <c r="H70" s="33"/>
       <c r="I70" s="40"/>
     </row>
-    <row r="71" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="2:9" ht="15.75" thickBot="1">
       <c r="B71" s="42"/>
       <c r="C71" s="43"/>
       <c r="D71" s="43"/>
       <c r="E71" s="43"/>
       <c r="F71" s="43"/>
       <c r="G71" s="43"/>
       <c r="H71" s="43"/>
       <c r="I71" s="44"/>
     </row>
-    <row r="72" spans="2:9" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="72" spans="2:9" ht="15.75" thickTop="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="et3KegYRSRSAQHZI02EEm2druvN582IVsqwuu0rJRIU/6gtWQYYH6RFusTQ08+6pn8rYjKhIArOZnqYdfzkGeg==" saltValue="GgaeqiVac08oL97nVfY+QQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="/VnGrEO2l5mu2YLEtRtY3S/drEUJLJ8rZDmarAHqjDlMIrMjpfcuPxhBNFpHq1npNDE1FlB00NviVCKxTx8gxw==" saltValue="QlQ7mD7DI2wiIg8OHmY3Cw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="D48" name="Bereich15"/>
     <protectedRange sqref="D45" name="Bereich14"/>
     <protectedRange sqref="D44" name="Bereich13"/>
     <protectedRange sqref="D43" name="Bereich12"/>
     <protectedRange sqref="D42" name="Bereich11"/>
     <protectedRange sqref="D39" name="Bereich10"/>
     <protectedRange sqref="D35" name="Bereich9"/>
     <protectedRange sqref="D33" name="Bereich8"/>
     <protectedRange sqref="D32" name="Bereich7"/>
     <protectedRange sqref="D27" name="Bereich6"/>
     <protectedRange sqref="D26" name="Bereich5"/>
     <protectedRange sqref="D10" name="Bereich1"/>
     <protectedRange sqref="H10" name="Bereich2"/>
     <protectedRange sqref="D11" name="Bereich3"/>
     <protectedRange sqref="D12" name="Bereich4"/>
   </protectedRanges>
   <customSheetViews>
     <customSheetView guid="{35B8B0D7-C4B3-4CA4-9DF6-A7FECCB9ECC8}" scale="115" showPageBreaks="1" showGridLines="0" showRowCol="0" fitToPage="1" printArea="1">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1:E53"/>
       <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
       <printOptions horizontalCentered="1"/>
       <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
       <headerFooter>
@@ -8474,482 +8472,512 @@
     <mergeCell ref="D11:G11"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E26:E27" xr:uid="{899D346C-06F1-4F5E-A5A8-276AC66204E6}">
       <formula1>"bitte wählen,Ja,Nein"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L36:L39 D39" xr:uid="{D666C4F1-68FD-48F4-9734-E2469423F196}">
       <formula1>$L$36:$L$39</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D26:D27" xr:uid="{4BDE773F-3C79-4914-AE36-9005DCE8D7B2}">
       <formula1>"selezionare,Si,No"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.51181102362204722" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="66" orientation="portrait" r:id="rId2"/>
   <headerFooter scaleWithDoc="0">
     <oddHeader>&amp;RVersione 02.01.2024</oddHeader>
     <oddFooter>&amp;C&amp;10Lindenstrasse 4    9240 Uzwil    T 071 955 70 30    F 071 955 70 40    info@gebäudehülle.swiss    www.gebäudehülle.swiss</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="2095" r:id="rId5" name="TextBox1">
+        <control shapeId="2093" r:id="rId5" name="Ort">
+          <controlPr defaultSize="0" autoLine="0" r:id="rId6">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>2</xdr:col>
+                <xdr:colOff>390525</xdr:colOff>
+                <xdr:row>69</xdr:row>
+                <xdr:rowOff>38100</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>2</xdr:col>
+                <xdr:colOff>1400175</xdr:colOff>
+                <xdr:row>70</xdr:row>
+                <xdr:rowOff>123825</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="2093" r:id="rId5" name="Ort"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="2095" r:id="rId7" name="TextBox1">
           <controlPr defaultSize="0" autoLine="0" r:id="rId6">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>533400</xdr:colOff>
                 <xdr:row>69</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>5</xdr:col>
                 <xdr:colOff>314325</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="2095" r:id="rId5" name="TextBox1"/>
-[...24 lines deleted...]
-        <control shapeId="2093" r:id="rId7" name="Ort"/>
+        <control shapeId="2095" r:id="rId7" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Tabelle2"/>
   <dimension ref="A1:L21"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.140625" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:12" ht="26.25">
       <c r="A1" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12">
       <c r="B2" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12">
       <c r="A3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="8">
         <v>0</v>
       </c>
       <c r="C3" s="7">
         <f t="shared" ref="C3:C5" si="0">(100-B3)/100</f>
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12">
       <c r="A4" s="12" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="8">
         <v>10</v>
       </c>
       <c r="C4" s="7">
         <f t="shared" si="0"/>
         <v>0.9</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12">
       <c r="A5" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="8">
         <v>20</v>
       </c>
       <c r="C5" s="7">
         <f t="shared" si="0"/>
         <v>0.8</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12">
       <c r="A6" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="8">
         <v>40</v>
       </c>
       <c r="C6" s="7">
         <f>(100-B6)/100</f>
         <v>0.6</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12">
       <c r="A8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="13">
         <f>'Calc delle prestazioni'!H18</f>
         <v>1000</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" thickBot="1">
       <c r="A9" s="6"/>
       <c r="B9" s="1"/>
       <c r="C9" s="4"/>
       <c r="F9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="16.5" thickTop="1" thickBot="1">
       <c r="A10" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="15"/>
       <c r="C10" s="15">
         <f>IF((B8&lt;1501),1,0)</f>
         <v>1</v>
       </c>
       <c r="E10" s="17">
         <f>IF((C10=1),C10*B8,0)</f>
         <v>1000</v>
       </c>
       <c r="F10" s="17">
         <f>E10</f>
         <v>1000</v>
       </c>
       <c r="G10" s="17">
         <f>IF((C11=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="H10" s="17">
         <f>G10</f>
         <v>0</v>
       </c>
       <c r="I10" s="17">
         <f>IF((C12=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="J10" s="17">
         <f>I10</f>
         <v>0</v>
       </c>
       <c r="K10" s="17">
         <f>IF((C13=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="L10" s="17">
         <f>K10</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:12" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="16.5" thickTop="1" thickBot="1">
       <c r="A11" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="15" t="b">
         <f>AND(B8&gt;1500,B8&lt;3001)</f>
         <v>0</v>
       </c>
       <c r="C11" s="15">
         <f>IF((B11=TRUE),1,0)</f>
         <v>0</v>
       </c>
       <c r="E11" s="17">
         <v>0</v>
       </c>
       <c r="F11" s="14">
         <f>E11*C4</f>
         <v>0</v>
       </c>
       <c r="G11" s="17">
         <f>IF((C11=1),((B8-1500)*C11),0)</f>
         <v>0</v>
       </c>
       <c r="H11" s="17">
         <f>G11*C4</f>
         <v>0</v>
       </c>
       <c r="I11" s="17">
         <f>IF((C12=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="J11" s="17">
         <f>I11*C4</f>
         <v>0</v>
       </c>
       <c r="K11" s="17">
         <f>IF((C13=1),1500,0)</f>
         <v>0</v>
       </c>
       <c r="L11" s="17">
         <f>K11*C4</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="16.5" thickTop="1" thickBot="1">
       <c r="A12" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="15" t="b">
         <f>AND(B8&gt;3000,B8&lt;6001)</f>
         <v>0</v>
       </c>
       <c r="C12" s="15">
         <f>IF((B12=TRUE),1,0)</f>
         <v>0</v>
       </c>
       <c r="E12" s="17">
         <v>0</v>
       </c>
       <c r="F12" s="17">
         <f>E12*C5</f>
         <v>0</v>
       </c>
       <c r="G12" s="17">
         <v>0</v>
       </c>
       <c r="H12" s="17">
         <f>G12*C5</f>
         <v>0</v>
       </c>
       <c r="I12" s="17">
         <f>IF((C12=1),((B8-3000)*C12),0)</f>
         <v>0</v>
       </c>
       <c r="J12" s="17">
         <f>I12*C5</f>
         <v>0</v>
       </c>
       <c r="K12" s="17">
         <f>IF((C13=1),3000,0)</f>
         <v>0</v>
       </c>
       <c r="L12" s="17">
         <f>K12*C5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:12" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="16.5" thickTop="1" thickBot="1">
       <c r="A13" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="15"/>
       <c r="C13" s="15">
         <f>IF((B8&gt;6000),1,0)</f>
         <v>0</v>
       </c>
       <c r="E13" s="17">
         <v>0</v>
       </c>
       <c r="F13" s="17">
         <f>E13*C6</f>
         <v>0</v>
       </c>
       <c r="G13" s="17">
         <v>0</v>
       </c>
       <c r="H13" s="17">
         <f>G13*C6</f>
         <v>0</v>
       </c>
       <c r="I13" s="17">
         <v>0</v>
       </c>
       <c r="J13" s="17">
         <f>I13*C6</f>
         <v>0</v>
       </c>
       <c r="K13" s="17">
         <f>IF((C13=1),((B8-6000)*C13),0)</f>
         <v>0</v>
       </c>
       <c r="L13" s="17">
         <f>K13*C6</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" s="4" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" s="4" customFormat="1" ht="15.75" thickTop="1">
       <c r="E14" s="17">
         <f t="shared" ref="E14:L14" si="1">SUM(E10:E13)</f>
         <v>1000</v>
       </c>
       <c r="F14" s="17">
         <f t="shared" si="1"/>
         <v>1000</v>
       </c>
       <c r="G14" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H14" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I14" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J14" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K14" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L14" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12">
       <c r="A16" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="16">
         <f>E14+G14+I14+K14</f>
         <v>1000</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4">
       <c r="A17" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="16">
         <f>F14+H14+J14+L14</f>
         <v>1000</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4">
       <c r="A18" s="6"/>
       <c r="B18" s="2"/>
       <c r="D18" s="2"/>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4">
       <c r="A19" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="16">
         <f>B16-B17</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4">
       <c r="A20" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="18">
         <f>B19/B16</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4">
       <c r="A21" s="6"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{35B8B0D7-C4B3-4CA4-9DF6-A7FECCB9ECC8}" scale="115">
       <selection activeCell="E4" sqref="E4"/>
       <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <ignoredErrors>
     <ignoredError sqref="G10:G11 I10:I12 K10:K13" formula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100ED2D549FCA62914BA3ACF92E01336AC9" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="839259d991ddc45e35b75875208b51d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fdf362b5-1443-43b9-be97-57d14c3e1dee" xmlns:ns3="86ab92d1-b877-42b4-8dcf-77d00129b17e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5e6ebc672eaa0637ebec40e3709b96d1" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="fdf362b5-1443-43b9-be97-57d14c3e1dee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="86ab92d1-b877-42b4-8dcf-77d00129b17e">
+      <Value>28</Value>
+    </TaxCatchAll>
+    <i556885b7ed4486db45a13f2f9333e4d xmlns="fdf362b5-1443-43b9-be97-57d14c3e1dee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Standard</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">7c6844ad-1ab7-45b3-8461-91dc754eaaaf</TermId>
+        </TermInfo>
+      </Terms>
+    </i556885b7ed4486db45a13f2f9333e4d>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100ED2D549FCA62914BA3ACF92E01336AC9" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="454b0110d919ced0a9a53cf0970b8a36">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fdf362b5-1443-43b9-be97-57d14c3e1dee" xmlns:ns3="86ab92d1-b877-42b4-8dcf-77d00129b17e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="96df50498b626fa630856dd8f2e95455" ns2:_="" ns3:_="">
     <xsd:import namespace="fdf362b5-1443-43b9-be97-57d14c3e1dee"/>
     <xsd:import namespace="86ab92d1-b877-42b4-8dcf-77d00129b17e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:i556885b7ed4486db45a13f2f9333e4d" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9146,116 +9174,71 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8311E6D0-6BC8-46EB-A92E-D6D757FAC3B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EF9E7B6-3B04-4C43-B539-3C3221A1E8B5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="fdf362b5-1443-43b9-be97-57d14c3e1dee"/>
     <ds:schemaRef ds:uri="86ab92d1-b877-42b4-8dcf-77d00129b17e"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9926398-E57A-49C9-9A14-E71258944490}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EF9E7B6-3B04-4C43-B539-3C3221A1E8B5}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36F29A28-1458-461B-8F9E-C3FDD50189EF}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6f57d82d-c344-4d8d-8817-49e8b5b5156d}" enabled="1" method="Standard" siteId="{4a8793f9-ac19-46e8-bb46-cd310ddd260b}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>